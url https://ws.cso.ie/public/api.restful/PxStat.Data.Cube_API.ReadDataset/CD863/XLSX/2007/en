--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80433af52c0c42ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eacf3d5c23aa47bca62ad96a0dff6210.psmdcp" Id="R6cc165db4dcd46c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f09dd60adfd408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41d67ba6405a47f38a3afe769827afa0.psmdcp" Id="R8fb1e30b52e84a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>