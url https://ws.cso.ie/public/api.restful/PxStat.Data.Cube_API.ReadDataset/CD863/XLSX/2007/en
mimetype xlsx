--- v1 (2025-11-25)
+++ v2 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f09dd60adfd408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41d67ba6405a47f38a3afe769827afa0.psmdcp" Id="R8fb1e30b52e84a2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015f9ef7d284415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa813cefc6e04ce593943efb1d3bbd70.psmdcp" Id="R80a538fb16c44932" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD863</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Carers who provide regular unpaid personal help for a friend or family member with a long term illness health problem or disability</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD863/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -284,50 +284,53 @@
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
     <x:t>Terraced house</x:t>
   </x:si>
   <x:si>
     <x:t>16</x:t>
   </x:si>
   <x:si>
     <x:t>Flat or apartment in a purpose- built block</x:t>
   </x:si>
   <x:si>
     <x:t>17</x:t>
   </x:si>
   <x:si>
     <x:t>Flat or apartment in a converted house or commercial building</x:t>
   </x:si>
   <x:si>
     <x:t>18</x:t>
   </x:si>
   <x:si>
     <x:t>Bed-sit</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -466,323 +469,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L225" totalsRowShown="0">
   <x:autoFilter ref="A1:L225"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1055,51 +895,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD863/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1288,51 +1128,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L225"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="90.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -8452,50 +8292,53 @@
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L188" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="189" spans="1:12">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>67</x:v>
@@ -8677,50 +8520,53 @@
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L194" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="195" spans="1:12">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>65</x:v>
@@ -8788,1128 +8634,1131 @@
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L197" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="198" spans="1:12">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L198" s="0">
         <x:v>25163</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L200" s="0">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L201" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L202" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L203" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L204" s="0">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L205" s="0">
         <x:v>15377</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L206" s="0">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L207" s="0">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L208" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L209" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L210" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L211" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L212" s="0">
         <x:v>8989</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L213" s="0">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L214" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L215" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L216" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L218" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L219" s="0">
         <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L220" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L221" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L222" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L223" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L224" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L225" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9926,51 +9775,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L225" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD863"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Private Accommodation">
@@ -10223,27 +10072,3164 @@
         <x:n v="25163"/>
         <x:n v="589"/>
         <x:n v="180"/>
         <x:n v="79"/>
         <x:n v="39"/>
         <x:n v="91"/>
         <x:n v="200"/>
         <x:n v="15377"/>
         <x:n v="289"/>
         <x:n v="101"/>
         <x:n v="32"/>
         <x:n v="8989"/>
         <x:n v="276"/>
         <x:n v="43"/>
         <x:n v="797"/>
         <x:n v="24"/>
         <x:n v="8"/>
         <x:n v="5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169083"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33584"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12890"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5106"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6761"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6419"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="779270"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18029"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8214"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353577"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14271"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36236"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218887"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7061"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167110"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47559"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4218"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383253"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10781"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245873"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124917"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269476"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131239"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130578"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5664"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1635"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7659"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224333"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4893"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176458"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37802"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10073"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40505"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36859"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7466"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25163"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15377"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8989"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD863"/>
+    <s v="Rented Private Dwellings in Permanent Housing Units where One or More Usual Residents is a Carer"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+</pivotCacheRecords>
 </file>