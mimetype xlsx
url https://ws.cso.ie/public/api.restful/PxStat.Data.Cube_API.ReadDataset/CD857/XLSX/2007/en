--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b07173d99a644a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/63092458072e4ddbb02bcb0fcb20107c.psmdcp" Id="R4212410880864003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R160e8c9c228d4b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52ee418d5d36406cb56f35f9db76135f.psmdcp" Id="R2a07f969cc504889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD857</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Aged 15 Years And Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Carers who provide regular unpaid personal help for a friend or family member with a long term illness health problem or disability#Carers who provide regular unpaid personal help for a friend or family member with a long term illness health problem or disability</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD857/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -502,387 +502,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L358" totalsRowShown="0">
   <x:autoFilter ref="A1:L358"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1155,51 +944,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD857/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1388,51 +1177,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L358"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="54.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15028,51 +14817,51 @@
       <x:c r="I358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L358" s="0">
         <x:v>819</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15089,51 +14878,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L358" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD857"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Aged 15 Years And Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -15558,27 +15347,5026 @@
         <x:n v="1380"/>
         <x:n v="598"/>
         <x:n v="1216"/>
         <x:n v="1347"/>
         <x:n v="207635"/>
         <x:n v="4224"/>
         <x:n v="2600"/>
         <x:n v="576"/>
         <x:n v="206"/>
         <x:n v="314"/>
         <x:n v="528"/>
         <x:n v="99510"/>
         <x:n v="4913"/>
         <x:n v="1996"/>
         <x:n v="804"/>
         <x:n v="392"/>
         <x:n v="902"/>
         <x:n v="819"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182884"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78469"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28995"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14031"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39820"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21569"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003490"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167180"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70324"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26716"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13043"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37996"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19101"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414509"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21409"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5384"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499489"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30992"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10824"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5322"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8235"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601498"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34808"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14207"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5858"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8162"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258697"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15730"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171925"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9914"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135122"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9433"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221977"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13503"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7087"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271301"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12434"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7262"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224744"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12034"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21970"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139871"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605172"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15704"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8145"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7441"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8263"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70925"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32162"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10741"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9331"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473483"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64358"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28613"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9842"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12682"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8210"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23086"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216530"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9333"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268192"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12884"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274842"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11435"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120366"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116900"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59359"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3203"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98460"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94295"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67473"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298027"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111959"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46307"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18254"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26530"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530007"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102822"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41711"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16874"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8032"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25314"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10891"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19301"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197979"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12076"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231297"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18108"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5800"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326656"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23373"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9058"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4046"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6001"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138331"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4204"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55025"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75763"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6230"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3042"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123517"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8969"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150339"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7949"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130449"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4702"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72398"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307145"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4596"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4224"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD857"/>
+    <s v="Carers Aged 15 Years And Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+</pivotCacheRecords>
 </file>