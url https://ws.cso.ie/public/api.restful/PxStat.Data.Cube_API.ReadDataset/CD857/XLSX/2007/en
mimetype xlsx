--- v1 (2026-02-06)
+++ v2 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R160e8c9c228d4b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52ee418d5d36406cb56f35f9db76135f.psmdcp" Id="R2a07f969cc504889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda924d5f86aa408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e6949ff78984489aab9cf7f76780f8c.psmdcp" Id="Rf53ad3092d094744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>