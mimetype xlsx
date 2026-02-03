--- v0 (2025-11-10)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc1ec951670421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d59294ac289e4501a757123d3760c525.psmdcp" Id="Reb9c8be922c543d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra852438758cd4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bba40788b7b4a51bb0587dc68c0cf54.psmdcp" Id="Re0ec09716fc44ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD849</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Carers who provide regular unpaid personal help for a friend or family member with a long term illness health problem or disability</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD849/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -331,50 +331,53 @@
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>43 or more hours unpaid help per week</x:t>
   </x:si>
   <x:si>
     <x:t>98</x:t>
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -511,379 +514,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L337" totalsRowShown="0">
   <x:autoFilter ref="A1:L337"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02738V03306"/>
     <x:tableColumn id="6" name="Regular Unpaid Help"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1156,51 +954,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD849/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1389,51 +1187,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="36.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="47.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13493,50 +13291,53 @@
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L318" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
     </x:row>
     <x:row r="319" spans="1:12">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>83</x:v>
@@ -14228,51 +14029,51 @@
       <x:c r="I337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>12710</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14289,51 +14090,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD849"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14670,27 +14471,4732 @@
         <x:n v="8603"/>
         <x:n v="24396"/>
         <x:n v="1912"/>
         <x:n v="991"/>
         <x:n v="109"/>
         <x:n v="190"/>
         <x:n v="50"/>
         <x:s v=""/>
         <x:n v="125"/>
         <x:n v="26433"/>
         <x:n v="11070"/>
         <x:n v="1498"/>
         <x:n v="300"/>
         <x:n v="79"/>
         <x:n v="170"/>
         <x:n v="329"/>
         <x:n v="69"/>
         <x:n v="12710"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3927143"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544357"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112259"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48280"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36683"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122585"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16307"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66957"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41642"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65579"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24884"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4938"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53781"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169975"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14078"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185075"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74394"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5147"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79899"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26877"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28933"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12867"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13991"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36555"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39711"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19282"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22541"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1943683"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271864"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56374"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23335"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17470"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63382"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8003"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32847"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20535"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33637"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11431"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27878"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243425"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65563"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6164"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72183"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30384"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32942"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9914"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10744"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4894"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12159"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13278"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8212"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9831"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1983460"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272493"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55885"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24945"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19213"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59203"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8304"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34110"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21107"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31942"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13453"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25903"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2281856"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104412"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7914"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112892"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44010"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46957"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16963"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18189"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7973"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24396"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26433"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11070"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD849"/>
+    <s v="Carers Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12710"/>
+  </r>
+</pivotCacheRecords>
 </file>