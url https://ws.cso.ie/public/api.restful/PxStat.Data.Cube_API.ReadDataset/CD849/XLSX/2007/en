--- v1 (2026-02-03)
+++ v2 (2026-03-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra852438758cd4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bba40788b7b4a51bb0587dc68c0cf54.psmdcp" Id="Re0ec09716fc44ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0799a8d02e004296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7374e8f9d48a4da29bfaa86b6f5b6041.psmdcp" Id="R990c1c3c06994436" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>