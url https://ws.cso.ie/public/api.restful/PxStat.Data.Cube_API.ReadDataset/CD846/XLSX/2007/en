--- v0 (2025-11-07)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961b8ec477bc4721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7e947f6c2234d2d90dac22f6cc87026.psmdcp" Id="R09c38e6d813e42d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042076b5e4ac47fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07eba5beb23d47c89942f322996671cf.psmdcp" Id="Rcaf4d7cce820431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD846</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Carers who provide regular unpaid personal help for a friend or family member with a long term illness health problem or disability</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD846/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -667,603 +667,230 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...551 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L925" totalsRowShown="0">
   <x:autoFilter ref="A1:L925"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="C02738V03306"/>
     <x:tableColumn id="8" name="Regular Unpaid Help"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1536,51 +1163,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD846/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1769,51 +1396,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L925"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="36.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -36955,51 +36582,51 @@
       <x:c r="I925" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J925" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K925" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L925" s="0">
         <x:v>171</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37016,51 +36643,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L925" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD846"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -37999,27 +37626,12964 @@
         <x:n v="2009"/>
         <x:n v="858"/>
         <x:n v="36170"/>
         <x:n v="1697"/>
         <x:n v="655"/>
         <x:n v="119"/>
         <x:n v="400"/>
         <x:n v="80614"/>
         <x:n v="4517"/>
         <x:n v="1647"/>
         <x:n v="794"/>
         <x:n v="386"/>
         <x:n v="1226"/>
         <x:n v="464"/>
         <x:n v="30042"/>
         <x:n v="272"/>
         <x:n v="383"/>
         <x:n v="171"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187112"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80891"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29255"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14139"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22845"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2504814"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94514"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41715"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14439"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6710"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19521"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12129"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54612"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273069"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46825"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21366"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7115"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527612"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20076"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8578"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206261"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273991"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9214"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265205"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9605"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210312"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95419"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80559"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39000"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122897"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184135"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6632"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76687"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86164"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145320"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136640"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246088"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54807"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23705"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8611"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4272"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11776"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6443"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117196"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5315"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519032"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22428"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4770"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119230"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5322"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399802"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17106"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7802"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145502"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6878"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191809"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8246"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57106"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134703"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70322"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88432"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113795"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4823"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46732"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67063"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542547"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24743"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10291"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250653"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10553"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4530"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75529"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175124"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7898"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31798"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130638"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6558"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64065"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65393"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294803"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13048"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3046"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73183"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161137"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60483"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72999"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33359"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13375"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1233352"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36312"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16743"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5247"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27431"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619902"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18035"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8474"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257303"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7964"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98567"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134488"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129544"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104658"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47788"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40587"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60763"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91910"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38430"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42783"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71909"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67542"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620260"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21497"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9975"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58298"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257470"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8884"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58812"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198658"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6750"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72629"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95815"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27947"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67868"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35340"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44244"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56464"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22921"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33543"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271110"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9993"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124758"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4202"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88244"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16144"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65420"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32353"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147977"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37013"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80523"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30441"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114113"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47532"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18402"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8696"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26607"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12876"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271462"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58202"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24972"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9289"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12924"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6882"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27181"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653167"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28790"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5843"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270309"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12112"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107694"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139503"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135661"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5975"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105654"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47631"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39972"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19351"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62134"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92225"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38257"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43381"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73411"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69098"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625828"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33310"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13730"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5369"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7949"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58898"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261562"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13544"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60418"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201144"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10356"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72873"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95994"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66835"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34982"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44188"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57331"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23811"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33520"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271437"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14750"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5853"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3725"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125895"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6351"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39015"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86880"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4670"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15654"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65218"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31712"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32958"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146826"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7851"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36170"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80614"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30042"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD846"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+</pivotCacheRecords>
 </file>