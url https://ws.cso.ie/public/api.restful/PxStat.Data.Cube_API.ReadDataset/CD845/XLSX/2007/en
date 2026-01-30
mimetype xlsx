--- v0 (2025-11-05)
+++ v1 (2026-01-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83107e7f5eda41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c758e12d9c1145659835489b5542ff9a.psmdcp" Id="Rbb6783f2a22844ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6f4aa57867403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8fce10fb3544d09b919568a79f85c75.psmdcp" Id="R6991b16e6ff54578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD845</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Carers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Carers who provide regular unpaid personal help for a friend or family member with a long term illness health problem or disability</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD845/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -487,363 +487,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02738V03306" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regular Unpaid Help" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N568" totalsRowShown="0">
   <x:autoFilter ref="A1:N568"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02701V03269"/>
     <x:tableColumn id="6" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="C02738V03306"/>
     <x:tableColumn id="10" name="Regular Unpaid Help"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1118,51 +931,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD845/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1351,51 +1164,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N568"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="36.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -26381,51 +26194,51 @@
       <x:c r="K568" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L568" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M568" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="N568" s="0">
         <x:v>756</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26442,51 +26255,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N568" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD845"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Carers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -27097,27 +26910,9100 @@
         <x:n v="5729"/>
         <x:n v="2370"/>
         <x:n v="947"/>
         <x:n v="482"/>
         <x:n v="1371"/>
         <x:n v="559"/>
         <x:n v="134346"/>
         <x:n v="7291"/>
         <x:n v="2974"/>
         <x:n v="538"/>
         <x:n v="1817"/>
         <x:n v="142694"/>
         <x:n v="8295"/>
         <x:n v="3537"/>
         <x:n v="1250"/>
         <x:n v="667"/>
         <x:n v="2085"/>
         <x:n v="756"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187112"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80891"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29255"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14139"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22845"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514891"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22595"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5125"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282410"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11954"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445356"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20144"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8393"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273069"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46825"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21366"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7115"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531087"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18813"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8396"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379327"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16626"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497578"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20849"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8728"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664534"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29306"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12858"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2846882"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106288"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46213"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16346"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7679"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21976"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14074"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190845"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7540"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126538"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169632"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6252"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1244528"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45633"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20803"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6926"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8734"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336134"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10611"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178244"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225720"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8903"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375241"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15424"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6645"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1741370"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80824"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34678"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12909"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18006"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324046"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15055"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155872"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275724"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13892"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5702"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28541"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194953"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8202"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201083"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9426"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271858"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11946"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289293"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13882"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6213"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72999"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33359"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13375"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257319"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9004"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141449"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222531"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8098"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619902"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18035"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8474"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264110"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189453"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6430"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247836"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8014"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330099"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11609"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389160"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40824"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18505"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7533"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92783"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62361"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82255"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605495"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17579"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8243"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165267"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87175"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110324"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183500"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883539"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32175"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14854"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3897"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164536"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6045"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79088"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140276"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14407"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98843"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102278"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137512"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146599"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5587"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114113"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47532"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18402"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8696"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26607"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12876"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257572"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13591"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5328"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140961"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7285"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222825"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12046"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653167"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28790"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5843"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266977"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11673"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189874"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10196"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249742"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12835"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5125"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334435"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17697"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7465"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457722"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65464"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27708"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10543"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14443"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8002"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98062"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4581"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64177"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87377"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639033"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28054"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12560"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4495"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170867"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6647"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91069"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115396"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5544"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191741"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9402"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857831"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48649"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19824"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7859"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12164"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159510"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9010"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76784"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135448"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14134"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96110"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98805"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5729"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134346"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7291"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142694"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-6"/>
+    <s v="All carers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8295"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="1-14 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="15-28 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="29-42 hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="43 or more hours unpaid help per week"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="CD845"/>
+    <s v="Carers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+</pivotCacheRecords>
 </file>