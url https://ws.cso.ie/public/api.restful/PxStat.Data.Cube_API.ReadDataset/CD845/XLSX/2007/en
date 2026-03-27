--- v1 (2026-01-30)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6f4aa57867403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8fce10fb3544d09b919568a79f85c75.psmdcp" Id="R6991b16e6ff54578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347fa7a18d84438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3dd764c477d74af8b2f0cc3b10db2ee3.psmdcp" Id="R55d8aaaab93b43be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>