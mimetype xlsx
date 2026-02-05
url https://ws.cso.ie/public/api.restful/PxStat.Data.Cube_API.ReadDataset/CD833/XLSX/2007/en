--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5afab172282d4e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed8e4e8651d94fc0b42dcd439e29b2f3.psmdcp" Id="R2ebb3e19622f4417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9d716964724283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7a576df0db74c368846fa45a8de4956.psmdcp" Id="R0b0bd22800424d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD833</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/2/2020 11:00:00 AM</x:t>
+    <x:t>02/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD833/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -370,50 +370,53 @@
   </x:si>
   <x:si>
     <x:t>Difficulty in working or attending school/college</x:t>
   </x:si>
   <x:si>
     <x:t>09</x:t>
   </x:si>
   <x:si>
     <x:t>Difficulty in participating in other activities</x:t>
   </x:si>
   <x:si>
     <x:t>Total disabilities</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -550,435 +553,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L673" totalsRowShown="0">
   <x:autoFilter ref="A1:L673"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Disability Type"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1251,51 +1007,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD833/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1482,51 +1238,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="47.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -22098,50 +21854,53 @@
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L542" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
     </x:row>
     <x:row r="543" spans="1:12">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>83</x:v>
@@ -27089,51 +26848,51 @@
       <x:c r="I673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>841683</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27150,51 +26909,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD833"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -27848,27 +27607,9436 @@
         <x:n v="834"/>
         <x:n v="110862"/>
         <x:n v="778351"/>
         <x:n v="56175"/>
         <x:n v="28432"/>
         <x:n v="4533"/>
         <x:n v="2150"/>
         <x:n v="5160"/>
         <x:n v="1611"/>
         <x:n v="4027"/>
         <x:n v="3524"/>
         <x:n v="2693"/>
         <x:n v="2970"/>
         <x:n v="370"/>
         <x:n v="102"/>
         <x:n v="603"/>
         <x:n v="7157"/>
         <x:n v="841683"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3063220"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507554"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112802"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56704"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30587"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102213"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15449"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59175"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57440"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28963"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37888"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492868"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44917"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19425"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4492"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43483"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48223"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83047"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89110"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220123"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15504"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8689"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237748"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41725"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44496"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103124"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111602"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80379"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3294"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88898"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233959"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21450"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10048"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257306"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107437"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6640"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115253"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142987"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9275"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153769"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167013"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13914"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182248"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179133"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12549"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193165"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1402410"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106253"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52439"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8537"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10659"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6490"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6097"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13155"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1521818"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1500514"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251112"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56715"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26619"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14379"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52857"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7446"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28774"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17089"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29613"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12741"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19884"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232666"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21623"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9312"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20492"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22859"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43030"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46379"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92123"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23622"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25253"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52625"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57025"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36288"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39969"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105116"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9851"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115859"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42530"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45975"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53466"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58016"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78806"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6975"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86420"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75961"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5693"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82303"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624059"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50078"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24007"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680135"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562706"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256442"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56087"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30085"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16208"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49356"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8003"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30401"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17654"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27827"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16222"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18004"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260202"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23294"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10113"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22991"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40017"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42731"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128000"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8452"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137671"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18103"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19243"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50499"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54577"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44091"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48929"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128843"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11599"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141447"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64907"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69278"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89521"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5324"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95753"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88207"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6939"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95828"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103172"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6856"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110862"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778351"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56175"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28432"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4533"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5160"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ACC12X02"/>
+    <s v="EU15 to EU27 states excluding Polish and Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4027"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3524"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ON2"/>
+    <s v="Other nationalities (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7157"/>
+  </r>
+  <r>
+    <s v="CD833"/>
+    <s v="Population Aged 15 Years and Over and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841683"/>
+  </r>
+</pivotCacheRecords>
 </file>