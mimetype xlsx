--- v1 (2026-02-05)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9d716964724283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7a576df0db74c368846fa45a8de4956.psmdcp" Id="R0b0bd22800424d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb577c2c8482347f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/661aafbff0c84bc4ab69ba2ca70f3eea.psmdcp" Id="R26045eb541f64ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>