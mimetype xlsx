--- v0 (2025-11-07)
+++ v1 (2026-02-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a4905827ee4de2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd3877420308464f82079b58aa899573.psmdcp" Id="R4e25e3d4c3204392" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree22a50ec08c488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17c2e244b6f44241a95c292f721a8852.psmdcp" Id="Rcae878899886469d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD828</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Enumerated as Children in Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/2/2020 11:00:00 AM</x:t>
+    <x:t>02/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD828/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L295" totalsRowShown="0">
   <x:autoFilter ref="A1:L295"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age Group of Child"/>
     <x:tableColumn id="7" name="C02686V03253"/>
     <x:tableColumn id="8" name="Disability Type"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD828/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L295"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="66.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="65.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12602,51 +12409,51 @@
       <x:c r="I295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L295" s="0">
         <x:v>26348</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12663,51 +12470,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L295" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD828"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Enumerated as Children in Family Units in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -13064,27 +12871,4144 @@
         <x:n v="901"/>
         <x:n v="1432"/>
         <x:n v="1253"/>
         <x:n v="10635"/>
         <x:n v="74002"/>
         <x:n v="8957"/>
         <x:n v="603"/>
         <x:n v="756"/>
         <x:n v="2500"/>
         <x:n v="2807"/>
         <x:n v="2663"/>
         <x:n v="2236"/>
         <x:n v="3184"/>
         <x:n v="1548"/>
         <x:n v="2741"/>
         <x:n v="3957"/>
         <x:n v="3353"/>
         <x:n v="26348"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625975"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105965"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7033"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16474"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27192"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46198"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18023"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33571"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16101"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22777"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31203"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29463"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254681"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348281"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9556"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24006"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314227"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18735"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4755"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9029"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5346"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46014"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295476"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22227"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12626"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6263"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4858"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5181"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48466"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265087"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19253"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5290"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4360"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41023"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192137"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11137"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2069"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25832"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210767"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25057"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7244"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7604"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6668"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8111"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6395"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10876"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8608"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69340"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="870109"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65762"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9452"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17733"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30759"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11956"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19307"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9689"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13832"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19714"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17972"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158380"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177985"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14335"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160817"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12006"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6352"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30349"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151579"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14029"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8441"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3641"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31150"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136929"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6546"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24357"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106034"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6566"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15197"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136765"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16100"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4437"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4941"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6919"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42992"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755866"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40203"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7022"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9459"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15439"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6067"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14264"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6412"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8945"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11489"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11491"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96301"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170296"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9671"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153410"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6729"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15665"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143897"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17316"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128158"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2523"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16666"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86103"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10635"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74002"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8957"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3957"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="CD828"/>
+    <s v="Population Enumerated as Children in Family Units in Private Households"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26348"/>
+  </r>
+</pivotCacheRecords>
 </file>