--- v0 (2025-11-05)
+++ v1 (2026-02-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0782d07eafa145d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abb83786df8a4dab8ec258b928c9c274.psmdcp" Id="R30fa9a3bd8174074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ef02af8733d45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b43036ed0054c93b442309d048eabeb.psmdcp" Id="R2840da0fdc304b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD826</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD826/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,379 +490,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L379" totalsRowShown="0">
   <x:autoFilter ref="A1:L379"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Disability Type"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1135,51 +930,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD826/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1366,51 +1161,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15804,51 +15599,51 @@
       <x:c r="I379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>726246</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15865,51 +15660,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD826"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -16354,27 +16149,5320 @@
         <x:n v="81222"/>
         <x:n v="22296"/>
         <x:n v="49324"/>
         <x:n v="21842"/>
         <x:n v="7488"/>
         <x:n v="11132"/>
         <x:n v="1328"/>
         <x:n v="1894"/>
         <x:n v="94480"/>
         <x:n v="166738"/>
         <x:n v="364998"/>
         <x:n v="185753"/>
         <x:n v="66402"/>
         <x:n v="93212"/>
         <x:n v="11375"/>
         <x:n v="14764"/>
         <x:n v="8757"/>
         <x:n v="726246"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1888826"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346590"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1207590"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="770375"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354992"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34340"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47883"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57563"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139716"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241007"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149013"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64235"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67736"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7702"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9340"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6138"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535874"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9113"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21809"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13460"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6408"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44978"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15924"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50098"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15828"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7782"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82830"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38915"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117197"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51031"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16518"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27135"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209735"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13427"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16347"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16654"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8221"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47241"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31582"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42162"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36387"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14568"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17223"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111564"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22261"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23253"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31443"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14504"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13333"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77930"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64028"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112261"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66923"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27742"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32013"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245710"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18855"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50578"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23547"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12098"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94252"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23977"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71348"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33377"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11094"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16887"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130487"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42813"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71140"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46214"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18985"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21342"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161849"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40877"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85533"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43587"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16097"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21350"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3542"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171858"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321772"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661726"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378451"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143804"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183792"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22202"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28653"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16485"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1378434"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942804"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667163"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597903"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390073"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166267"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16001"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25562"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29501"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2237371"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70145"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114661"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76067"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34124"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33418"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2924"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263797"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9997"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7026"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22039"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8837"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26677"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8373"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44365"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16602"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48662"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24561"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12550"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90922"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8618"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9610"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10325"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5089"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29022"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19426"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22158"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21145"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8810"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9840"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63506"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9649"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11582"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15328"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7162"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37032"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29782"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50823"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32324"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14908"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114074"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8574"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20107"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11500"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5704"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40751"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10280"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26011"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15441"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5648"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7513"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52472"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19964"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34892"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24930"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10594"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11259"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80627"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18581"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36209"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21745"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8609"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10218"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77378"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155034"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296728"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192698"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77402"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90580"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10827"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13889"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652188"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="946022"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679427"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609687"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380302"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188725"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18339"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22321"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28062"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2263198"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69571"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126346"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72946"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30111"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34318"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272077"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11812"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22939"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7087"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23421"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38465"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22313"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68535"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26470"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7864"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14585"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118813"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4809"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6737"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18219"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12156"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20004"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15242"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7383"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48058"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12612"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11671"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7047"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40898"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34246"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61438"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34599"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13759"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17105"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131636"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10281"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30471"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6394"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53501"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13697"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45337"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17936"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9374"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78015"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22849"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36248"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21284"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8391"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10083"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81222"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22296"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49324"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21842"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7488"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11132"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94480"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166738"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364998"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185753"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66402"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93212"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11375"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14764"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8757"/>
+  </r>
+  <r>
+    <s v="CD826"/>
+    <s v="Population in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726246"/>
+  </r>
+</pivotCacheRecords>
 </file>