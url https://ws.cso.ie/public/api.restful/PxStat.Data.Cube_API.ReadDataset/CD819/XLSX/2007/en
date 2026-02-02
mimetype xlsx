--- v0 (2025-11-12)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ccaae2bc3c94f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/661e6d1a274c465c90a5f46c6f99752c.psmdcp" Id="R8404f17e6c0444b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59905dd26c6a464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78c20eed50cf4f0d859bd0ec463b9004.psmdcp" Id="R57d61d2f637e419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD819</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD819/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -541,443 +541,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L715" totalsRowShown="0">
   <x:autoFilter ref="A1:L715"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Disability Type"/>
     <x:tableColumn id="7" name="C02757V03327"/>
     <x:tableColumn id="8" name="Highest Level of Education Completed"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1250,51 +997,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD819/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1481,51 +1228,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L715"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="54.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28687,51 +28434,51 @@
       <x:c r="I715" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L715" s="0">
         <x:v>32435</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28748,51 +28495,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L715" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD819"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -29579,27 +29326,10024 @@
         <x:n v="3651"/>
         <x:n v="841683"/>
         <x:n v="781288"/>
         <x:n v="47150"/>
         <x:n v="266754"/>
         <x:n v="142289"/>
         <x:n v="114362"/>
         <x:n v="44415"/>
         <x:n v="14675"/>
         <x:n v="19485"/>
         <x:n v="29952"/>
         <x:n v="21446"/>
         <x:n v="17937"/>
         <x:n v="1535"/>
         <x:n v="61288"/>
         <x:n v="60395"/>
         <x:n v="27960"/>
         <x:n v="32435"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003490"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42387"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414509"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499489"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601498"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258697"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171925"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135122"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221977"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271301"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224744"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21970"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139871"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605172"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485355"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20784"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146974"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92790"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72141"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33749"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17353"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13924"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21527"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18649"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16134"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29241"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56922"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31549"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25373"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48223"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43883"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15661"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7318"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6036"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4340"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89110"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84280"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31274"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14856"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10643"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5222"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4830"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237748"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226069"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11903"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84828"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42401"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29279"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13057"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6036"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7231"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4837"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17152"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11679"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44496"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35275"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8896"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12374"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5191"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3523"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9221"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111602"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91612"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31742"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16534"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4942"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8132"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19990"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13282"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88898"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77986"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6088"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17591"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15474"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12773"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5847"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3698"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3374"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5046"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10912"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257306"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237075"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8838"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72695"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44274"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34150"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16508"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7337"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10995"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9893"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8833"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13471"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20231"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9720"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10511"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115253"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108956"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9242"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42881"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17582"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12661"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4908"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10880"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153769"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144173"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12078"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58587"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23775"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16766"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13249"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9596"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182248"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166977"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11210"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52325"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34203"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24319"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10878"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5643"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6034"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9822"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15271"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7702"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193165"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179831"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11837"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61867"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33199"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24773"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10183"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5207"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4420"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11982"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13334"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1521818"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396117"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95517"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481825"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254807"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184682"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81622"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39913"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32717"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38060"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31061"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102065"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125701"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61385"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64316"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473483"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23086"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216530"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268192"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274842"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120366"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116900"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59359"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98460"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120962"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94295"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67473"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298027"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226979"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10905"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70713"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43881"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29942"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15847"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11324"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5999"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9111"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6959"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12493"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29510"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16904"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12606"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22859"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20560"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7159"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3405"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46379"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43770"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16371"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7562"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4834"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94567"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36329"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17418"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10277"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25253"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19690"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6950"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57025"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45259"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15554"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8564"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11766"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39969"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34733"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8172"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115859"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106383"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34209"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20096"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13305"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7371"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3575"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9476"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4558"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4918"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45975"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42848"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17034"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58016"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53276"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21804"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8107"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5057"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4740"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86420"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78179"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5919"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25384"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16691"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9697"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82303"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75564"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5946"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26105"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13998"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8964"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4408"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6739"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680135"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614829"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48367"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215071"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112518"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70320"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37207"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25238"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13232"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19418"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16614"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13124"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40777"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65306"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33425"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31881"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530007"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19301"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197979"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231297"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326656"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138331"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55025"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75763"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123517"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150339"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130449"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8952"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72398"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307145"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258376"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76261"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48909"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42199"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17902"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6029"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7925"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12416"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10192"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9175"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16748"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27412"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14645"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23323"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8502"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3913"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42731"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40510"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14903"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7294"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137671"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131502"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6188"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48499"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24983"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19002"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7185"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2823"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10588"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4405"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19243"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15585"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54577"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46353"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16188"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7970"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5802"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8224"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48929"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43253"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9419"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8361"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7521"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141447"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130692"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38486"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24178"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20845"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4378"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6724"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5775"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7947"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10755"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5162"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69278"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66108"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4854"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25847"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11074"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8617"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6831"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3170"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95753"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90897"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36783"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15668"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3954"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8500"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95828"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88798"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26941"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17512"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14622"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5644"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110862"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104267"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35762"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19201"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15809"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5775"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7369"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841683"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="781288"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="No formal education"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47150"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="Primary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266754"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142289"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114362"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="07"/>
+    <s v="Technical/vocational"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44415"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="22"/>
+    <s v="Advanced certificate/completed apprenticeship"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14675"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="23"/>
+    <s v="Higher certificate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19485"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="24"/>
+    <s v="Ordinary bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29952"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="25"/>
+    <s v="Honours bachelor degree/professional qualification or both"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21446"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="26"/>
+    <s v="Postgraduate diploma or degree"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17937"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="18"/>
+    <s v="Doctorate (Ph.D.)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61288"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60395"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="19"/>
+    <s v="Economic status - total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27960"/>
+  </r>
+  <r>
+    <s v="CD819"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="20"/>
+    <s v="Economic status - other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+</pivotCacheRecords>
 </file>