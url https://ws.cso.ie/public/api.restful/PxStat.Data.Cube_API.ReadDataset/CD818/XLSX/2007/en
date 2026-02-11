--- v0 (2025-11-08)
+++ v1 (2026-02-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc15132dd32f34b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b06a823a6494411daf386925c95f615b.psmdcp" Id="R42c59b935ea842a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2265ff9d059b4f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90a78a5cf6c34de5bb4a373571442cd7.psmdcp" Id="Rdc7d84f61b474579" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD818</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD818/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -547,451 +547,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L757" totalsRowShown="0">
   <x:autoFilter ref="A1:L757"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02722V03289"/>
     <x:tableColumn id="6" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="7" name="C02686V03253"/>
     <x:tableColumn id="8" name="Disability Type"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1264,51 +1005,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD818/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1495,51 +1236,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="65.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -30297,51 +30038,51 @@
       <x:c r="I757" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>32435</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30358,51 +30099,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD818"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -31231,27 +30972,10612 @@
         <x:n v="1632"/>
         <x:n v="3387"/>
         <x:n v="2944"/>
         <x:n v="27960"/>
         <x:n v="99510"/>
         <x:n v="12767"/>
         <x:n v="1077"/>
         <x:n v="1367"/>
         <x:n v="4405"/>
         <x:n v="1408"/>
         <x:n v="3050"/>
         <x:n v="2818"/>
         <x:n v="5593"/>
         <x:n v="2199"/>
         <x:n v="3224"/>
         <x:n v="3643"/>
         <x:n v="3651"/>
         <x:n v="32435"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48223"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89110"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237748"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44496"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111602"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88898"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257306"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115253"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153769"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182248"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193165"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1521818"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003490"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485355"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43883"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84280"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226069"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35275"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91612"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77986"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237075"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108956"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144173"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166977"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179831"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396117"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239908"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88068"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9711"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19155"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52148"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18567"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10981"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45934"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25803"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34932"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32303"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37819"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293353"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149580"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36146"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6417"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18014"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6483"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18191"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7723"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10458"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13266"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13653"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104474"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261042"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48849"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8309"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22758"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7393"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23879"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9293"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12568"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17427"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17410"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133805"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245840"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32507"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12790"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4687"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15789"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10846"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10634"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80569"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372689"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44245"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6636"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16835"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7369"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20266"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10278"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15354"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15196"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114466"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128081"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12667"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2319"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6008"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3951"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28872"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114927"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9940"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22629"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153731"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11387"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3192"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5872"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24294"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139046"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5006"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19640"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92309"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13446"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65921"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10512"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190847"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22005"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4409"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11292"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6259"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6605"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49853"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849569"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158057"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15182"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27933"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80616"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17649"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36039"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26968"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73909"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44734"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57536"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56404"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63234"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500204"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605172"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56922"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4340"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4830"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11679"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9221"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19990"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10912"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20231"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9596"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15271"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13334"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125701"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="408838"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31549"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13282"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9720"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61385"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196334"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25373"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10511"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7702"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64316"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22859"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46379"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25253"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57025"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39969"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115859"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45975"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58016"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86420"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82303"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680135"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1473483"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226979"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20560"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43770"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94567"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19690"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45259"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34733"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106383"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42848"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53276"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78179"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75564"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614829"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130481"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43951"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10463"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23435"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9309"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5104"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22400"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10694"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13537"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16243"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16666"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135892"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84759"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18223"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8047"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6789"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48778"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145418"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23876"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4453"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11204"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8747"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7544"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60851"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117191"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13947"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6397"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4627"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32137"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176365"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19459"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6378"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8406"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6615"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6032"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47501"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54576"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11467"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52448"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9539"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69485"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10074"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65531"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44598"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32653"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5066"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89742"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3167"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2829"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23105"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410236"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71994"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13889"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32843"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9501"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16995"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32231"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17629"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21609"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25824"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26145"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215633"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298027"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29510"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11766"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9476"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4740"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6739"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65306"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201203"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16904"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4558"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33425"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96824"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12606"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4918"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31881"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42731"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137671"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19243"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54577"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48929"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141447"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69278"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95753"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95828"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110862"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841683"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530007"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258376"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23323"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40510"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131502"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15585"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46353"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43253"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130692"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66108"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90897"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88798"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104267"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="781288"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109427"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44117"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5099"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8692"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28713"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9258"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5877"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23534"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15109"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16060"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21153"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157461"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64821"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17923"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9967"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9191"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4697"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6689"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6477"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55696"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115624"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24973"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13072"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3894"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12675"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5792"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8207"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8680"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9866"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72954"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128649"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18560"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8161"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9392"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6617"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48432"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196324"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24786"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3495"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10457"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11860"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6691"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9164"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66965"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73505"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17405"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62479"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13090"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84246"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14220"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73515"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11100"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47711"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101105"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11479"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2397"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6239"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3674"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26748"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439333"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86063"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8328"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14044"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47773"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19044"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14855"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41678"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27105"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35927"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30580"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37089"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284571"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307145"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27412"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8224"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5676"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10755"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3170"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60395"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207635"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14645"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5174"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5162"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27960"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99510"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4405"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="CD818"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+</pivotCacheRecords>
 </file>