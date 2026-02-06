--- v0 (2025-11-12)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5844631542934787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09d175fa486842f1a686b7a1a90378dd.psmdcp" Id="Rf2b808571d6046a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e26bfbdcd74d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0f6bd59c60c45a4948fcb13b6cc1a45.psmdcp" Id="Rffd238d7a7204e9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD817</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over With a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD817/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -517,403 +517,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02722V03289"/>
     <x:tableColumn id="8" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1186,51 +963,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD817/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1417,51 +1194,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="47.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="57.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17907,51 +17684,51 @@
       <x:c r="I433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>5933</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17968,51 +17745,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD817"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over With a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -18513,27 +18290,6076 @@
         <x:n v="104590"/>
         <x:n v="92434"/>
         <x:n v="19200"/>
         <x:n v="6620"/>
         <x:n v="8285"/>
         <x:n v="4934"/>
         <x:n v="6473"/>
         <x:n v="1459"/>
         <x:n v="949"/>
         <x:n v="793"/>
         <x:n v="586"/>
         <x:n v="414"/>
         <x:n v="311"/>
         <x:n v="2064"/>
         <x:n v="40346"/>
         <x:n v="12156"/>
         <x:n v="6223"/>
         <x:n v="5933"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485355"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88068"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36146"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48849"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32507"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44245"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12667"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9940"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11387"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22005"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158057"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56922"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31549"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25373"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226979"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43951"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18223"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23876"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13947"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19459"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71994"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29510"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16904"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12606"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258376"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44117"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17923"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24973"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18560"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24786"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11479"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86063"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27412"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14645"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20533"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18164"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11861"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10521"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2637"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7643"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97155"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87170"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6891"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7144"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10108"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8427"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22365"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9985"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6920"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43734"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38370"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9243"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5364"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53421"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48800"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13122"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73908"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66864"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7881"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7681"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9870"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2739"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17603"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7044"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28248"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24709"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6450"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3539"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45660"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42155"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4122"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4884"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6594"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11153"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76101"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69641"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15421"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6942"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9221"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5895"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19939"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45467"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41763"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9409"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11769"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30634"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27878"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6012"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8170"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58777"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53760"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13252"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5134"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6418"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4652"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15061"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29607"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26958"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6484"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7444"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29170"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26802"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6768"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7617"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29627"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27494"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8348"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15986"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14830"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5304"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4578"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13641"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12664"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4481"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3770"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186176"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162262"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34198"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12057"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14841"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10894"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70428"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23914"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12435"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11479"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81586"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69828"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14998"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6556"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30082"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11758"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6212"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5546"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104590"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92434"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19200"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6620"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8285"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4934"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6473"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40346"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12156"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6223"/>
+  </r>
+  <r>
+    <s v="CD817"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5933"/>
+  </r>
+</pivotCacheRecords>
 </file>