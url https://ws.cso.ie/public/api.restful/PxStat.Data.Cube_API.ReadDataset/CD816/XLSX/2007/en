--- v0 (2025-11-05)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb7e93935cdc4cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8db7e407686e491e85c34a051517f920.psmdcp" Id="Rf46dc88d7fcc40f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fb34379c6f841e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1182df8e75304a0d9d6a585cba30dd62.psmdcp" Id="Reb4fcb2b1c684f72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD816</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over With a Disability</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/5/2020 11:00:00 AM</x:t>
+    <x:t>05/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD816/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,435 +532,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...383 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02722V03289"/>
     <x:tableColumn id="6" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="7" name="C02728V03296"/>
     <x:tableColumn id="8" name="Socio Economic Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1233,51 +986,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD816/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1464,51 +1217,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="47.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="57.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26162,51 +25915,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>5956</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26223,51 +25976,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD816"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over With a Disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -26953,27 +26706,9100 @@
         <x:n v="2101"/>
         <x:n v="800"/>
         <x:n v="793"/>
         <x:n v="449"/>
         <x:n v="274"/>
         <x:n v="6254"/>
         <x:n v="12767"/>
         <x:n v="692"/>
         <x:n v="293"/>
         <x:n v="836"/>
         <x:n v="2502"/>
         <x:n v="482"/>
         <x:n v="957"/>
         <x:n v="597"/>
         <x:n v="229"/>
         <x:n v="172"/>
         <x:n v="51"/>
         <x:n v="5956"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49262"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18530"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44880"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86142"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45381"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44181"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26269"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19690"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25982"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177950"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485355"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16525"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40547"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77215"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41961"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40384"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24286"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18170"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24795"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153988"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88068"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4120"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9643"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9864"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10193"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8610"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8029"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30755"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36146"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5419"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11356"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48849"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4437"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8844"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4904"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14224"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32507"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7603"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7899"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44245"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10813"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10557"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12667"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9940"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11387"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9651"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22005"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4027"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5544"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158057"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11461"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10374"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20313"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11996"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11198"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7575"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67735"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56922"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5569"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8927"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23962"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31549"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12526"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25373"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11436"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26901"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10640"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16032"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29651"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30104"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22523"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13654"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11564"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16896"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75756"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226979"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23830"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9515"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13755"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25327"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27966"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20476"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12590"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10722"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16155"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64004"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43951"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6563"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12331"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18223"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4949"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23876"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3881"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6202"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13947"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19459"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3453"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5033"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10526"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71994"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6599"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7892"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28157"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29510"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11752"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16904"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12606"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22361"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7890"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28848"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56491"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15277"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21658"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12615"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8126"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9086"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102194"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258376"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19863"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7010"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26792"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51888"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13995"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19908"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11696"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8640"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89984"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44117"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6341"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5247"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18424"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17923"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6407"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24973"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8022"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18560"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24786"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7360"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1676"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6291"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7356"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5514"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6354"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11479"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3527"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86063"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7311"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13714"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5645"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39578"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27412"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12210"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14645"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Full-time education not ceased - Total at school, university, etc."/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6254"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD816"/>
+    <s v="Population Aged 15 Years and Over With a Disability"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Full-time education not ceased - Other"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5956"/>
+  </r>
+</pivotCacheRecords>
 </file>