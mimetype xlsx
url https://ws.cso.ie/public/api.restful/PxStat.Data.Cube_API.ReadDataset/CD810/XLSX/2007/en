--- v0 (2025-11-12)
+++ v1 (2026-03-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24a75ab2a87484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3ada748a4d0405bb5bc2ca45a594ea7.psmdcp" Id="R9e79a726efa94e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbabe09e1ed2a4514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32cef8ce32e64931a251b0c4d603a7fb.psmdcp" Id="R6fd909c0ee614cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD810</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Principle Economic Status of Persons with a Disability Aged 15 Years and Over Living Alone</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD810/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P8</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 8 - Our Bill of Health</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -505,355 +505,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J379" totalsRowShown="0">
   <x:autoFilter ref="A1:J379"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02686V03253"/>
     <x:tableColumn id="4" name="Disability Type"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1124,51 +931,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD810/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1355,51 +1162,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="65.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="59.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13517,51 +13324,51 @@
       <x:c r="G379" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J379" s="0">
         <x:v>841683</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13578,51 +13385,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02686V03253">
       <x:sharedItems count="14">
         <x:s v="-2"/>
         <x:s v="-1"/>
         <x:s v="14"/>
         <x:s v="15"/>
         <x:s v="02"/>
         <x:s v="16"/>
         <x:s v="03"/>
@@ -14050,27 +13857,4564 @@
         <x:n v="36.4"/>
         <x:n v="95828"/>
         <x:n v="21625"/>
         <x:n v="2044"/>
         <x:n v="19581"/>
         <x:n v="29.7"/>
         <x:n v="89237"/>
         <x:n v="11608"/>
         <x:n v="77629"/>
         <x:n v="29.4"/>
         <x:n v="110862"/>
         <x:n v="166485"/>
         <x:n v="18822"/>
         <x:n v="147663"/>
         <x:n v="675198"/>
         <x:n v="104732"/>
         <x:n v="570466"/>
         <x:n v="841683"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="389671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="210576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="179095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="3218991"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="2021627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="1197364"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="106270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="25882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="80388"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="436007"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="136799"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="299208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="542277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="11274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="9280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="36949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="10186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="26763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="48223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="19785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="16379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="69325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="50104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="89110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="54914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="6653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="48261"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="182834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="26960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="155874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="237748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="39409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="8121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="31288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="44496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="18056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="13368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="93546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="21207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="72339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="111602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="16487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="5939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="72411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="20899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="51512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="88898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="48697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="10865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="37832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="208609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="61362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="147247"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="257306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="20514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="18833"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="94739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="8416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="86323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="115253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="31050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="28835"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="122719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="10695"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="112024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="153769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="31139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="5178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="25961"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="151109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="25099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="126010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="182248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="36489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="31284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="156676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="24963"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="131713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="193165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="293492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="49193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="244299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1228326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="237129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="991197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1521818"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="192637"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="122388"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="70249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1578873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="1106480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="472393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="48024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="15684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="32340"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="208465"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="77032"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="131433"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="256489"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="17771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="22859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="8442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="37937"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="12626"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="25311"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="46379"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="21724"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="3904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="17820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="78353"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="14378"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="63975"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="100077"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="3268"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="21985"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="16685"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="25253"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="9393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="3325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="6068"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="47632"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="13572"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="34060"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="57025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="8936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="5490"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="31033"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="10017"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="21016"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="39969"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="21514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="6154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="15360"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="94345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="32602"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="61743"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="115859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="7721"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="6697"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="38254"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="33837"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="45975"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="10536"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="9188"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="47480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="5301"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="42179"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="58016"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="12075"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="70899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="14688"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="56211"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="86420"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="14864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="67439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="13355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="54084"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="82303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="127007"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="30371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="96636"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="47.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="553128"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="132397"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="420731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="680135"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="197034"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="88188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="108846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="1640118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="915147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="724971"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="58246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="10198"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="48048"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="227542"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="59767"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="167775"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="285788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="19178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="15133"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="11343"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="10126"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="31388"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="24793"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="42731"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="33190"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="30441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="104481"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="12582"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="91899"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="137671"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="17424"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="14603"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="19243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="8663"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="45914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="7635"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="38279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="54577"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="7551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="10882"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="30496"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="48929"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="27183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="4711"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="22472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="114264"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="28760"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="85504"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="141447"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="12793"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="12136"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="56485"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="3999"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="52486"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="69278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="20514"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="19647"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="75239"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="5394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="69845"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="95753"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="15618"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="13886"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="80210"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="10411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="69799"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="95828"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="21625"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="19581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="89237"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="11608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="77629"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="110862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C1"/>
+    <s v="Persons living alone"/>
+    <s v="Number"/>
+    <n v="166485"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C2"/>
+    <s v="Persons living alone - In the labour force"/>
+    <s v="Number"/>
+    <n v="18822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C3"/>
+    <s v="Persons living alone - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="147663"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C4"/>
+    <s v="Persons living alone - Unemployment rate"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C5"/>
+    <s v="Persons not living alone (incl. not stated)"/>
+    <s v="Number"/>
+    <n v="675198"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C6"/>
+    <s v="Persons not living alone (incl. not stated) - In the labour force"/>
+    <s v="Number"/>
+    <n v="104732"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C7"/>
+    <s v="Persons not living alone (incl. not stated) - Not in the labour force"/>
+    <s v="Number"/>
+    <n v="570466"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C8"/>
+    <s v="Persons not living alone (incl. not stated) - Unemployment rate"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD810C9"/>
+    <s v="Total persons"/>
+    <s v="Number"/>
+    <n v="841683"/>
+  </r>
+</pivotCacheRecords>
 </file>