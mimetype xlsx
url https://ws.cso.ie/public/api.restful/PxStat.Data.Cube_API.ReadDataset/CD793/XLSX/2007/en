--- v0 (2025-11-12)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R004f97f587664be0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bcf7b01f3734f5c9f3beef9ec148bba.psmdcp" Id="R5c9e92e7832946ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f299b2f8dc46dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0720da13253415ebfb488e0c528dc19.psmdcp" Id="Rf0f20fc8f4fb4d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD793</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Travellers Living in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD793/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -467,50 +467,53 @@
   <x:si>
     <x:t>26</x:t>
   </x:si>
   <x:si>
     <x:t>Monaghan</x:t>
   </x:si>
   <x:si>
     <x:t>35</x:t>
   </x:si>
   <x:si>
     <x:t>All persons in private households</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Permanent private</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Temporary private</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -652,571 +655,222 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L353" totalsRowShown="0">
   <x:autoFilter ref="A1:L353"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Household"/>
     <x:tableColumn id="5" name="C02254V02726"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1489,51 +1143,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD793/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1720,51 +1374,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10138,50 +9792,53 @@
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L221" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>53</x:v>
@@ -11819,3399 +11476,3399 @@
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L266" s="0">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L267" s="0">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L268" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L269" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L270" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L272" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L273" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L274" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L275" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L276" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L277" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L278" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L279" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L280" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L281" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L282" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L283" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L284" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L285" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L286" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L287" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L288" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L290" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L291" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L292" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L293" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L294" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L295" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L296" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L297" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L298" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L299" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L300" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L301" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L302" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L303" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L304" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L305" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L306" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L307" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L308" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L309" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L310" s="0">
         <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L311" s="0">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L312" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L313" s="0">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L314" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L315" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L316" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L317" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L318" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L319" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L320" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L321" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L322" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L323" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L324" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L326" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L327" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L328" s="0">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L329" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L330" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L332" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L333" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L334" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L335" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L336" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L338" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L339" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L340" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L341" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L342" s="0">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L343" s="0">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L344" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L345" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L346" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L347" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L348" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L349" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L350" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L351" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L352" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L353" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15228,51 +14885,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD793"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Travellers Living in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Household">
       <x:sharedItems count="4">
         <x:s v="All households"/>
         <x:s v="Permanent private"/>
         <x:s v="Temporary private"/>
@@ -15630,27 +15287,4956 @@
         <x:n v="1"/>
         <x:n v="107"/>
         <x:n v="18"/>
         <x:n v="34"/>
         <x:n v="1044"/>
         <x:n v="485"/>
         <x:n v="234"/>
         <x:n v="84"/>
         <x:n v="87"/>
         <x:n v="33"/>
         <x:n v="22"/>
         <x:n v="258"/>
         <x:n v="47"/>
         <x:n v="37"/>
         <x:n v="40"/>
         <x:n v="41"/>
         <x:n v="278"/>
         <x:n v="59"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28498"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14303"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6374"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6455"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23967"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12085"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4991"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5603"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD793"/>
+    <s v="Irish Travellers Living in Private Households"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+</pivotCacheRecords>
 </file>