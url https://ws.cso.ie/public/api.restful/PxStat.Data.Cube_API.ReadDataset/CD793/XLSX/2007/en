--- v1 (2026-02-06)
+++ v2 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f299b2f8dc46dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0720da13253415ebfb488e0c528dc19.psmdcp" Id="Rf0f20fc8f4fb4d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c9104d33d54123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fc09658b18a4298a6875a4668a122f3.psmdcp" Id="R273883c22a5345f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>