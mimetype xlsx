--- v0 (2025-10-05)
+++ v1 (2025-12-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015b0feca0a54acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/490c2873ad734889853f6520bd107288.psmdcp" Id="R568aaa8e54e945cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190cdbb999184a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc7676cf8d334a0aa7418e90ab0f96bd.psmdcp" Id="Rc28e3e16221f4d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD789</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD789/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -314,50 +314,53 @@
   <x:si>
     <x:t>215</x:t>
   </x:si>
   <x:si>
     <x:t>0 - 14 years</x:t>
   </x:si>
   <x:si>
     <x:t>310</x:t>
   </x:si>
   <x:si>
     <x:t>15 - 24 years</x:t>
   </x:si>
   <x:si>
     <x:t>420</x:t>
   </x:si>
   <x:si>
     <x:t>25 - 44 years</x:t>
   </x:si>
   <x:si>
     <x:t>505</x:t>
   </x:si>
   <x:si>
     <x:t>45 - 64 years</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>575</x:t>
   </x:si>
   <x:si>
     <x:t>65 years and over</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -499,387 +502,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02686V03253" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Disability Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02832V03406" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="General Health" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L589" totalsRowShown="0">
   <x:autoFilter ref="A1:L589"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02686V03253"/>
     <x:tableColumn id="6" name="Disability Type"/>
     <x:tableColumn id="7" name="C02832V03406"/>
     <x:tableColumn id="8" name="General Health"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1152,51 +944,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD789/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1383,51 +1175,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L589"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17135,50 +16927,53 @@
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L414" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>54</x:v>
@@ -17398,50 +17193,53 @@
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L421" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>54</x:v>
@@ -19523,50 +19321,53 @@
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L477" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="478" spans="1:12">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>54</x:v>
@@ -20064,3761 +19865,3779 @@
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L491" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L492" s="0">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L493" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L494" s="0">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L495" s="0">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L496" s="0">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L497" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L498" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L499" s="0">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L500" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L501" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L502" s="0">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L503" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L504" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L506" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L507" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L508" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L509" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L510" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L511" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L512" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L513" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L514" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L515" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L516" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L517" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:12">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L518" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:12">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L519" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:12">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L520" s="0">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:12">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L521" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:12">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L522" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:12">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L523" s="0">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:12">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L524" s="0">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:12">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L525" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:12">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L526" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:12">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L527" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:12">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J528" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L528" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="529" spans="1:12">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:12">
       <x:c r="A530" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J530" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K530" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L530" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:12">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L531" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:12">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K532" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L532" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:12">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L533" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="534" spans="1:12">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J534" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L534" s="0">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:12">
       <x:c r="A535" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L535" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="536" spans="1:12">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J536" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K536" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L536" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:12">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L537" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:12">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J538" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K538" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L538" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:12">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L539" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:12">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J540" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K540" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L540" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:12">
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L541" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:12">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L542" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="543" spans="1:12">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L543" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:12">
       <x:c r="A544" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J544" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L544" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:12">
       <x:c r="A545" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L545" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:12">
       <x:c r="A546" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H546" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J546" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K546" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L546" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:12">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L547" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:12">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J548" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L548" s="0">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:12">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L549" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:12">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J550" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K550" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L550" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:12">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L551" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:12">
       <x:c r="A552" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H552" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J552" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K552" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L552" s="0">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:12">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L553" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:12">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J554" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L554" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:12">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L555" s="0">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:12">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J556" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L556" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="557" spans="1:12">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I557" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L557" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:12">
       <x:c r="A558" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H558" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I558" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J558" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K558" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L558" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:12">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L559" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:12">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J560" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K560" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L560" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:12">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L561" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:12">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I562" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J562" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K562" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L562" s="0">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:12">
       <x:c r="A563" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I563" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L563" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:12">
       <x:c r="A564" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I564" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J564" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L564" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:12">
       <x:c r="A565" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I565" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L565" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:12">
       <x:c r="A566" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H566" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I566" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J566" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K566" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L566" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:12">
       <x:c r="A567" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I567" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L567" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:12">
       <x:c r="A568" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J568" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K568" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L568" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:12">
       <x:c r="A569" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I569" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L569" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:12">
       <x:c r="A570" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H570" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I570" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J570" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K570" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L570" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:12">
       <x:c r="A571" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I571" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L571" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:12">
       <x:c r="A572" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J572" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K572" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L572" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:12">
       <x:c r="A573" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I573" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L573" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:12">
       <x:c r="A574" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J574" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L574" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:12">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L575" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:12">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J576" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L576" s="0">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:12">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L577" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
     </x:row>
     <x:row r="578" spans="1:12">
       <x:c r="A578" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J578" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L578" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:12">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I579" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L579" s="0">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:12">
       <x:c r="A580" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J580" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L580" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:12">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L581" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:12">
       <x:c r="A582" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I582" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J582" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L582" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:12">
       <x:c r="A583" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L583" s="0">
         <x:v>1768</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:12">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J584" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L584" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:12">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L585" s="0">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:12">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J586" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K586" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L586" s="0">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:12">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I587" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L587" s="0">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:12">
       <x:c r="A588" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J588" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K588" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L588" s="0">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:12">
       <x:c r="A589" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L589" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23835,51 +23654,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L589" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD789"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Travellers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="310"/>
         <x:s v="420"/>
         <x:s v="505"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="6">
         <x:s v="All ages"/>
@@ -24239,27 +24058,8260 @@
         <x:n v="214"/>
         <x:n v="285"/>
         <x:n v="17"/>
         <x:n v="441"/>
         <x:n v="219"/>
         <x:n v="108"/>
         <x:n v="59"/>
         <x:n v="297"/>
         <x:n v="88"/>
         <x:n v="159"/>
         <x:n v="213"/>
         <x:n v="66"/>
         <x:n v="220"/>
         <x:n v="1768"/>
         <x:n v="215"/>
         <x:n v="791"/>
         <x:n v="555"/>
         <x:n v="174"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29573"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16670"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7923"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5169"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14933"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3808"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12164"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8848"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7569"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4565"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="420"/>
+    <s v="25 - 44 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="505"/>
+    <s v="45 - 64 years"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-2"/>
+    <s v="Total persons"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-1"/>
+    <s v="Total persons with a disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Blindness or a serious vision impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="15"/>
+    <s v="Deafness or a serious hearing impairment"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="A condition that substantially limits one or more basic physical activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="An intellectual disability"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="Difficulty in learning, remembering or concentrating"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="Psychological or emotional condition"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="Other disability, including chronic illness"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Difficulty in dressing, bathing or getting around inside the home"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="Difficulty in going outside home alone"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="Difficulty in working or attending school/college"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="Difficulty in participating in other activities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="-"/>
+    <s v="General health - All"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="01"/>
+    <s v="General health - Very good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="02"/>
+    <s v="General health - Good"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="03"/>
+    <s v="General health - Fair"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="04"/>
+    <s v="General health - Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="05"/>
+    <s v="General health - Very Bad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD789"/>
+    <s v="Irish Travellers"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total disabilities"/>
+    <s v="06"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+</pivotCacheRecords>
 </file>