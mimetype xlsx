--- v1 (2025-12-12)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190cdbb999184a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc7676cf8d334a0aa7418e90ab0f96bd.psmdcp" Id="Rc28e3e16221f4d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4df00a34a3f7461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b49f619acdb146c8bbeb946e8dcbef67.psmdcp" Id="R52615cad5baf48e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>