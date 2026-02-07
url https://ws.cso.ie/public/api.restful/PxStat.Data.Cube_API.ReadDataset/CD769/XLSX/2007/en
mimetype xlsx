--- v0 (2025-11-07)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bbf85d618e4cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/054e38dce109468fa78a5cd14934885b.psmdcp" Id="R879769fc210e4e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racefcf7433224790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c418943ac22484d879f0a9af54a6600.psmdcp" Id="R89f8e92f58054ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD769</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/4/2020 11:00:00 AM</x:t>
+    <x:t>04/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD769/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -568,459 +568,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L727" totalsRowShown="0">
   <x:autoFilter ref="A1:L727"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1293,51 +1028,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD769/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1524,51 +1259,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L727"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29186,51 +28921,51 @@
       <x:c r="I727" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L727" s="0">
         <x:v>1837152</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29247,51 +28982,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L727" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD769"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="22">
         <x:s v="-"/>
         <x:s v="200"/>
         <x:s v="215"/>
         <x:s v="225"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
@@ -30072,27 +29807,10192 @@
         <x:n v="13612"/>
         <x:n v="10200"/>
         <x:n v="3349"/>
         <x:n v="34303"/>
         <x:n v="138272"/>
         <x:n v="30616"/>
         <x:n v="1771510"/>
         <x:n v="1566734"/>
         <x:n v="52992"/>
         <x:n v="13002"/>
         <x:n v="18205"/>
         <x:n v="16734"/>
         <x:n v="10129"/>
         <x:n v="4387"/>
         <x:n v="34615"/>
         <x:n v="95252"/>
         <x:n v="25102"/>
         <x:n v="1837152"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3861335"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129039"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49204"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45223"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41161"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24600"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14043"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80922"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269811"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72914"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1884192"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63455"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28127"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21942"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19106"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12350"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40486"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157219"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39324"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1977143"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65584"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21077"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23281"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22055"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12250"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40436"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112592"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33590"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58880"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72410"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29981"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36850"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28899"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35560"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="840094"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25658"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16584"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10374"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10815"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6307"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12004"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36287"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17196"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979590"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429685"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13066"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8509"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5494"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6183"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18947"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8708"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501189"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410409"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12592"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8075"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17340"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8488"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478401"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239064"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7283"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5569"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3730"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13217"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5878"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283919"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122360"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6777"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145226"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116704"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6440"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138693"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274505"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4077"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10125"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320770"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140299"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164037"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134206"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4807"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156733"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267645"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7842"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3639"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302491"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137045"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155076"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130600"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3900"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3844"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147415"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243971"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7212"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14152"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283019"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123999"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7729"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144262"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119972"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6423"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138757"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236437"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7406"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27620"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6527"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297231"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115087"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3477"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15344"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146636"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121350"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12276"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150595"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282550"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8047"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5908"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9784"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35621"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7892"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361122"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132286"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20301"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173714"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150264"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4268"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15320"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187408"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310663"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8887"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6035"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7711"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10691"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35367"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393945"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149979"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5300"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20725"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4235"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194774"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160684"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4777"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5391"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14642"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199171"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293056"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9484"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6255"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8685"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28286"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5843"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364261"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142948"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17095"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182237"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150108"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4300"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11191"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182024"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271665"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9686"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3867"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4105"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22504"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330812"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132904"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13874"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166330"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138761"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164482"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258302"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9183"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18945"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305185"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125452"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11431"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151516"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132850"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7514"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153669"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235553"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7897"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16068"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274386"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115325"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4047"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136737"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120228"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137649"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211661"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7459"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13685"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244522"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104037"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8342"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122121"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107624"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3643"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5343"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122401"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191874"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7691"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9919"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218786"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94900"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3869"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109869"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96974"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3540"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108917"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154502"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6524"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173638"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75630"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3325"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86298"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78872"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87340"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119101"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4801"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131190"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56850"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63476"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62251"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67714"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94022"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102036"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42544"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46631"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51478"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55405"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64558"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70113"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25922"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28423"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38636"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41690"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53326"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58416"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16644"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18486"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36682"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39930"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3021241"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103381"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32620"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34849"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30346"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20329"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7736"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68918"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233524"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55718"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1454507"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50389"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19618"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16644"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13612"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10200"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34303"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138272"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30616"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1566734"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52992"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13002"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18205"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16734"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10129"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34615"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95252"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25102"/>
+  </r>
+  <r>
+    <s v="CD769"/>
+    <s v="Population"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+</pivotCacheRecords>
 </file>