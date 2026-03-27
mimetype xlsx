--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racefcf7433224790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c418943ac22484d879f0a9af54a6600.psmdcp" Id="R89f8e92f58054ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5a3f7314724e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44b4d6c9ddf44be8965040bc60586286.psmdcp" Id="Rf4413b141ba144e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>