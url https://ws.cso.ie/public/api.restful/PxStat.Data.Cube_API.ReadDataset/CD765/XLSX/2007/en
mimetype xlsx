--- v0 (2025-11-08)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R338305c8e9e84c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2932debdb9da40b1bcbb3d8fbed50bf2.psmdcp" Id="R957f53fe51db43c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c5d2fc4e6048fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af9107db41254770a88a31f12016b804.psmdcp" Id="R7db856a45ef64796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD765</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD765/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -392,50 +392,53 @@
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Managerial and technical</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Non-manual</x:t>
   </x:si>
   <x:si>
     <x:t>Skilled manual</x:t>
   </x:si>
   <x:si>
     <x:t>Semi-skilled</x:t>
   </x:si>
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>Unskilled</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>All other gainfully occupied and unknown</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -574,483 +577,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L673" totalsRowShown="0">
   <x:autoFilter ref="A1:L673"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02712V03280"/>
     <x:tableColumn id="8" name="Religion"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1323,51 +1043,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD765/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1554,51 +1274,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -23766,50 +23486,53 @@
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J584" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L584" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
     </x:row>
     <x:row r="585" spans="1:12">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>102</x:v>
@@ -23968,3244 +23691,3244 @@
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L589" s="0">
         <x:v>74577</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:12">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I590" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J590" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K590" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L590" s="0">
         <x:v>648093</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:12">
       <x:c r="A591" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L591" s="0">
         <x:v>25871</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:12">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H592" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I592" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J592" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K592" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L592" s="0">
         <x:v>18924</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:12">
       <x:c r="A593" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I593" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L593" s="0">
         <x:v>10667</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:12">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H594" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I594" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J594" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L594" s="0">
         <x:v>9996</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:12">
       <x:c r="A595" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>4722</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:12">
       <x:c r="A596" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J596" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L596" s="0">
         <x:v>4944</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:12">
       <x:c r="A597" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L597" s="0">
         <x:v>2492</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:12">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I598" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J598" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L598" s="0">
         <x:v>2135</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:12">
       <x:c r="A599" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I599" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L599" s="0">
         <x:v>966</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:12">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H600" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I600" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J600" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K600" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L600" s="0">
         <x:v>1236</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:12">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L601" s="0">
         <x:v>927</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:12">
       <x:c r="A602" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H602" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I602" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J602" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K602" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L602" s="0">
         <x:v>1400</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:12">
       <x:c r="A603" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I603" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L603" s="0">
         <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:12">
       <x:c r="A604" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J604" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L604" s="0">
         <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:12">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I605" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L605" s="0">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:12">
       <x:c r="A606" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J606" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K606" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L606" s="0">
         <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:12">
       <x:c r="A607" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I607" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L607" s="0">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:12">
       <x:c r="A608" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H608" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J608" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K608" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L608" s="0">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:12">
       <x:c r="A609" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I609" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L609" s="0">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:12">
       <x:c r="A610" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H610" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I610" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J610" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K610" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L610" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:12">
       <x:c r="A611" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I611" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L611" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:12">
       <x:c r="A612" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H612" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I612" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J612" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K612" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L612" s="0">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:12">
       <x:c r="A613" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L613" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:12">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H614" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J614" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L614" s="0">
         <x:v>3934</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:12">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L615" s="0">
         <x:v>44699</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:12">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J616" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L616" s="0">
         <x:v>48414</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:12">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I617" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L617" s="0">
         <x:v>833825</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:12">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J618" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L618" s="0">
         <x:v>287877</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:12">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I619" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L619" s="0">
         <x:v>11185</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:12">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J620" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L620" s="0">
         <x:v>10313</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:12">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L621" s="0">
         <x:v>4805</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:12">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H622" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I622" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J622" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K622" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L622" s="0">
         <x:v>4345</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:12">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I623" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L623" s="0">
         <x:v>1999</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:12">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I624" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J624" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L624" s="0">
         <x:v>2158</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:12">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>1448</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:12">
       <x:c r="A626" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J626" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K626" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L626" s="0">
         <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:12">
       <x:c r="A627" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L627" s="0">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:12">
       <x:c r="A628" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L628" s="0">
         <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:12">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L629" s="0">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:12">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J630" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K630" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L630" s="0">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:12">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L631" s="0">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:12">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J632" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L632" s="0">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:12">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L633" s="0">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:12">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J634" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L634" s="0">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:12">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L635" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:12">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J636" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K636" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L636" s="0">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:12">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L637" s="0">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:12">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L638" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:12">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L639" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:12">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J640" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K640" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L640" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:12">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L641" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:12">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J642" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K642" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L642" s="0">
         <x:v>2038</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:12">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L643" s="0">
         <x:v>23908</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:12">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J644" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L644" s="0">
         <x:v>25760</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:12">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L645" s="0">
         <x:v>380556</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:12">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J646" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K646" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L646" s="0">
         <x:v>360216</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:12">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L647" s="0">
         <x:v>14686</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:12">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J648" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K648" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L648" s="0">
         <x:v>8611</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:12">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>5862</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:12">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J650" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L650" s="0">
         <x:v>5651</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:12">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L651" s="0">
         <x:v>2723</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:12">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J652" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L652" s="0">
         <x:v>2786</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:12">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L653" s="0">
         <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:12">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J654" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L654" s="0">
         <x:v>1225</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:12">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L655" s="0">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:12">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J656" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K656" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L656" s="0">
         <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:12">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L657" s="0">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:12">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J658" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K658" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L658" s="0">
         <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:12">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L659" s="0">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:12">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J660" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K660" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L660" s="0">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:12">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:12">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J662" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K662" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L662" s="0">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:12">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L663" s="0">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:12">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J664" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L664" s="0">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:12">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L665" s="0">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:12">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J666" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K666" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L666" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:12">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L667" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:12">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L668" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:12">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L669" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:12">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J670" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K670" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L670" s="0">
         <x:v>1896</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:12">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L671" s="0">
         <x:v>20791</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:12">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J672" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K672" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L672" s="0">
         <x:v>22654</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:12">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>453269</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27222,51 +26945,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD765"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -27948,27 +27671,9436 @@
         <x:n v="2723"/>
         <x:n v="2786"/>
         <x:n v="1044"/>
         <x:n v="1225"/>
         <x:n v="576"/>
         <x:n v="737"/>
         <x:n v="603"/>
         <x:n v="882"/>
         <x:n v="412"/>
         <x:n v="302"/>
         <x:n v="426"/>
         <x:n v="300"/>
         <x:n v="237"/>
         <x:n v="174"/>
         <x:n v="1896"/>
         <x:n v="20791"/>
         <x:n v="22654"/>
         <x:n v="453269"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3861335"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129039"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49204"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45223"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41161"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24600"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14043"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8703"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6842"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14118"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269811"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72914"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4588252"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1884192"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63455"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28127"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21942"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19106"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12350"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2316"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7672"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157219"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39324"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272699"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1977143"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65584"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21077"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23281"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22055"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12250"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7545"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6446"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112592"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33590"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2315553"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264803"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12418"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7390"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32397"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336620"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142923"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7245"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4043"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20144"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185324"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121880"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5173"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3347"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12253"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151296"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1055696"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38641"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6656"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7159"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11807"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7199"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91269"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7283"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1251671"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484368"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18943"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52446"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587931"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="571328"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19698"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4024"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38823"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663740"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701758"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21325"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4613"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3986"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41008"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801304"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263348"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7861"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19696"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306771"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438410"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13464"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21312"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494533"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620526"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15951"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6303"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8606"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4867"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30998"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707369"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399378"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10376"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22618"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457137"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221148"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8380"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250232"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420371"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11351"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7434"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23890"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487449"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221691"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3853"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14889"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259543"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198680"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3581"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9001"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227906"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150088"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170014"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84607"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95437"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65481"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74577"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648093"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25871"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18924"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10667"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9996"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44699"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48414"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="833825"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287877"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11185"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23908"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25760"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380556"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360216"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14686"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8611"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5862"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Hindu"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Buddhist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Methodist, Wesleyan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Jehovah's Witness"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Lutheran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Protestant"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Evangelical"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Atheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Baptist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Agnostic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Jewish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Pagan, Pantheist"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Mormon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Lapsed (Roman) Catholic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Society of Friends"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Baha'i"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Brethren"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02B"/>
+    <s v="Other stated religions (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20791"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22654"/>
+  </r>
+  <r>
+    <s v="CD765"/>
+    <s v="Population"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453269"/>
+  </r>
+</pivotCacheRecords>
 </file>