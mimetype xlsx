--- v1 (2026-02-07)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c5d2fc4e6048fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af9107db41254770a88a31f12016b804.psmdcp" Id="R7db856a45ef64796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e2134e09584a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbb01d1bb9f943f1a143eed455656b0f.psmdcp" Id="R426368e70c754069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>