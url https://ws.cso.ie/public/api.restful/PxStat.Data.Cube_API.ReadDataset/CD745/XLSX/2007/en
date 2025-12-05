--- v0 (2025-10-04)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9226762b390b4853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b430db59888405aa1943308e48f667e.psmdcp" Id="Rf7b6814ecf274d71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5c79aa8fdf45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f47d325a752c4f1c8f8b1b566632170b.psmdcp" Id="R9c87b7ab6e1d458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD745</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Traveller Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD745/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -284,50 +284,53 @@
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Local authority group scheme</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Private group scheme</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Other private source</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
     <x:t>No piped water</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>98</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Temporary private</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -472,331 +475,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02733V03301" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Water Supply" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L155" totalsRowShown="0">
   <x:autoFilter ref="A1:L155"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Household"/>
     <x:tableColumn id="5" name="C02733V03301"/>
     <x:tableColumn id="6" name="Type of Water Supply"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Period in which Built"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1069,51 +903,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD745/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1300,51 +1134,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L155"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -3562,85 +3396,91 @@
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L59" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:12">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L60" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:12">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>64</x:v>
@@ -3670,190 +3510,205 @@
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L62" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="63" spans="1:12">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L63" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="64" spans="1:12">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L64" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:12">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L65" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:12">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L66" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="67" spans="1:12">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>76</x:v>
@@ -3863,3312 +3718,3393 @@
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L67" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L68" s="0">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L69" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L70" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L71" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L72" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L73" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L74" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L75" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L76" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L77" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L78" s="0">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L79" s="0">
         <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L80" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L81" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="82" spans="1:12">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L82" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L83" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L84" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L85" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L86" s="0">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L87" s="0">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L88" s="0">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L89" s="0">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L90" s="0">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L91" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L92" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L93" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L94" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L95" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L96" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L97" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L98" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L99" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L100" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L101" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L102" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="103" spans="1:12">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L103" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="104" spans="1:12">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L104" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:12">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L105" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="106" spans="1:12">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L106" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L107" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L108" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L109" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L110" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L111" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L112" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L113" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="114" spans="1:12">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L114" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L115" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L116" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L117" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="118" spans="1:12">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L118" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L119" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L120" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L121" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L122" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L123" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L124" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="125" spans="1:12">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L125" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="126" spans="1:12">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L126" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="127" spans="1:12">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L127" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="128" spans="1:12">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L128" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L129" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L130" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L131" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L132" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L133" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L134" s="0">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L135" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L136" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="137" spans="1:12">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L137" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="138" spans="1:12">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L138" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="139" spans="1:12">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L139" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="140" spans="1:12">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L140" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="141" spans="1:12">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L141" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="142" spans="1:12">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L142" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="143" spans="1:12">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L143" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="144" spans="1:12">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L144" s="0">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E145" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L145" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E146" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L146" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:12">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E147" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L147" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="148" spans="1:12">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E148" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L148" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="149" spans="1:12">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D149" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E149" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L149" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="150" spans="1:12">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E150" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L150" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E151" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L151" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D152" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E152" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L152" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D153" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E153" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L153" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D154" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E154" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L154" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E155" s="0" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L155" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7185,51 +7121,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L155" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD745"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Traveller Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Household">
       <x:sharedItems count="2">
         <x:s v="Permanent private"/>
         <x:s v="Temporary private"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02733V03301">
@@ -7361,27 +7297,2184 @@
         <x:n v="237"/>
         <x:n v="920"/>
         <x:n v="17"/>
         <x:n v="61"/>
         <x:n v="134"/>
         <x:n v="117"/>
         <x:n v="165"/>
         <x:n v="418"/>
         <x:n v="534"/>
         <x:n v="11"/>
         <x:n v="104"/>
         <x:n v="127"/>
         <x:n v="154"/>
         <x:n v="46"/>
         <x:n v="160"/>
         <x:n v="159"/>
         <x:n v="116"/>
         <x:n v="67"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6845"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of water supply"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Public mains"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Local authority group scheme"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Private group scheme"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Other private source"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="No piped water"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD745"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+</pivotCacheRecords>
 </file>