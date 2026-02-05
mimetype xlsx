--- v1 (2025-12-05)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5c79aa8fdf45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f47d325a752c4f1c8f8b1b566632170b.psmdcp" Id="R9c87b7ab6e1d458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb126ed6c9fef467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e35ab5c5c0634fe18cb4c3c94a316470.psmdcp" Id="R315aea77d99a4776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>