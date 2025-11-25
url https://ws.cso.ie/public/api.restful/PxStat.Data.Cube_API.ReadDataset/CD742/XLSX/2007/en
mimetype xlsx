--- v0 (2025-10-04)
+++ v1 (2025-11-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63feafa886b4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e7c4754192a4c518e4264e0058319d7.psmdcp" Id="R963c6fe9f1814b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d14294c0374cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24bfff75221a42a49bcf263c759a4ca9.psmdcp" Id="R4e2045694aa945dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>