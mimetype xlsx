--- v1 (2025-11-25)
+++ v2 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d14294c0374cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24bfff75221a42a49bcf263c759a4ca9.psmdcp" Id="R4e2045694aa945dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95023642a5a8480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a75a97085364f2e9c3f1c147d6593b2.psmdcp" Id="R0b99d1f9718d4e03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD742</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Traveller Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD742/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -304,50 +304,53 @@
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
     <x:t>Rented from a Voluntary Body</x:t>
   </x:si>
   <x:si>
     <x:t>08</x:t>
   </x:si>
   <x:si>
     <x:t>Occupied free of rent</x:t>
   </x:si>
   <x:si>
     <x:t>09</x:t>
   </x:si>
   <x:si>
     <x:t>All types of occupancy</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Temporary private</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -484,347 +487,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period in which Built" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L199" totalsRowShown="0">
   <x:autoFilter ref="A1:L199"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Household"/>
     <x:tableColumn id="5" name="C02699V03267"/>
     <x:tableColumn id="6" name="Nature of Occupancy"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Period in which Built"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1097,51 +919,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD742/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1328,51 +1150,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L199"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -5224,120 +5046,129 @@
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L102" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="103" spans="1:12">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L103" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="104" spans="1:12">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L104" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:12">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>65</x:v>
@@ -5671,120 +5502,129 @@
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L114" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L115" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L116" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>67</x:v>
@@ -6080,50 +5920,53 @@
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L125" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="126" spans="1:12">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>63</x:v>
@@ -6153,50 +5996,53 @@
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L127" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="128" spans="1:12">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>67</x:v>
@@ -6454,155 +6300,167 @@
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L135" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:12">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L136" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="137" spans="1:12">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L137" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="138" spans="1:12">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L138" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="139" spans="1:12">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>67</x:v>
@@ -6860,85 +6718,91 @@
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L146" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:12">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L147" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="148" spans="1:12">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>63</x:v>
@@ -6968,50 +6832,53 @@
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L149" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="150" spans="1:12">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>67</x:v>
@@ -7269,190 +7136,205 @@
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L157" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="158" spans="1:12">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L158" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="159" spans="1:12">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L159" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="160" spans="1:12">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L160" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="161" spans="1:12">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L161" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:12">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>69</x:v>
@@ -7710,50 +7592,53 @@
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L169" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="170" spans="1:12">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>63</x:v>
@@ -7783,50 +7668,53 @@
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L171" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="172" spans="1:12">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>67</x:v>
@@ -8084,225 +7972,243 @@
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L179" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="180" spans="1:12">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L180" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="181" spans="1:12">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L181" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="182" spans="1:12">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L182" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="183" spans="1:12">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L183" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="184" spans="1:12">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L184" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="185" spans="1:12">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>71</x:v>
@@ -8521,50 +8427,53 @@
         <x:v>92</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>57</x:v>
+      </x:c>
+      <x:c r="L191" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
@@ -8839,51 +8748,51 @@
       <x:c r="I199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>418</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8900,51 +8809,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L199" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD742"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Traveller Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Household">
       <x:sharedItems count="2">
         <x:s v="Permanent private"/>
         <x:s v="Temporary private"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02699V03267">
@@ -9113,27 +9022,2800 @@
         <x:n v="42"/>
         <x:n v="78"/>
         <x:n v="148"/>
         <x:n v="15"/>
         <x:n v="301"/>
         <x:n v="53"/>
         <x:n v="66"/>
         <x:n v="120"/>
         <x:n v="16"/>
         <x:n v="17"/>
         <x:n v="54"/>
         <x:n v="110"/>
         <x:n v="920"/>
         <x:n v="61"/>
         <x:n v="134"/>
         <x:n v="117"/>
         <x:n v="165"/>
         <x:n v="418"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6845"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Occupied free of rent"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="191901"/>
+    <s v="Before 1919"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1919345"/>
+    <s v="1919 to 1945"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1946346"/>
+    <s v="1946 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2001303"/>
+    <s v="2001 to 2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="200601"/>
+    <s v="2006 or later"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD742"/>
+    <s v="Irish Traveller Households"/>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+</pivotCacheRecords>
 </file>