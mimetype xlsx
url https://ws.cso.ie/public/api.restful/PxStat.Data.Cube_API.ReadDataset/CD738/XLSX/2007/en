--- v0 (2025-10-03)
+++ v1 (2026-02-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387d48e982d3491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d873ff4731d448e6be5d69a530c16362.psmdcp" Id="Rd0924773949545cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14b07b1f9b3451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/806c658b12d942bf9730cbc02bdfff8d.psmdcp" Id="R4c559d9dc3f94697" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD738</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of Private Households with Irish Travellers and Other Persons</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD738/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -216,50 +216,53 @@
     <x:t>Traveller Households</x:t>
   </x:si>
   <x:si>
     <x:t>CD738C4</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of Traveller Households</x:t>
   </x:si>
   <x:si>
     <x:t>CD738C5</x:t>
   </x:si>
   <x:si>
     <x:t>Households with both Irish Travellers and Other Persons</x:t>
   </x:si>
   <x:si>
     <x:t>CD738C6</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of Households with both Irish Travellers and Other Persons</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Households - 1 person household</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Households - 2 person household</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Households - 3 person household</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Households - 4 person household</x:t>
   </x:si>
   <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>Households - 5  person household</x:t>
   </x:si>
@@ -517,355 +520,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H133" totalsRowShown="0">
   <x:autoFilter ref="A1:H133"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02254V02726"/>
     <x:tableColumn id="2" name="Persons per Household"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1134,51 +938,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD738/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1365,51 +1169,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H133"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="64.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -1693,3201 +1497,3213 @@
         <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H12" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="0">
         <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H15" s="0">
         <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H16" s="0">
         <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H18" s="0">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>1261</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H23" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H26" s="0">
         <x:v>1263</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H28" s="0">
         <x:v>896</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H29" s="0">
         <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H31" s="0">
         <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>28498</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>24330</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>4168</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H78" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>2213</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>1840</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>3175</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>2652</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>4227</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>3584</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>4732</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>4110</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>4364</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>3786</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>3608</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>3038</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>2059</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>1744</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>1341</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>1968</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>1667</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4904,51 +4720,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H133" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02254V02726">
       <x:sharedItems count="22">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="06"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="12"/>
         <x:s v="14"/>
         <x:s v="35"/>
         <x:s v="18"/>
         <x:s v="19"/>
         <x:s v="20"/>
         <x:s v="21"/>
         <x:s v="23"/>
         <x:s v="25"/>
         <x:s v="26"/>
         <x:s v="27"/>
         <x:s v="29"/>
@@ -5112,27 +4928,1348 @@
         <x:n v="12.7"/>
         <x:n v="3038"/>
         <x:n v="570"/>
         <x:n v="13.7"/>
         <x:n v="2059"/>
         <x:n v="7.2"/>
         <x:n v="1744"/>
         <x:n v="315"/>
         <x:n v="1341"/>
         <x:n v="4.7"/>
         <x:n v="1098"/>
         <x:n v="4.5"/>
         <x:n v="243"/>
         <x:n v="5.8"/>
         <x:n v="1968"/>
         <x:n v="6.9"/>
         <x:n v="1667"/>
         <x:n v="301"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="7765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Households - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Households - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Households - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Households - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Households - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Households - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Households - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Households - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Households - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Households - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Households - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Households - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Households - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Households - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Households - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Households - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Households - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Households - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Households - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Households - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Households - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Households - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Households - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Households - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Households - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Households - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Households - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Households - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Households - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Households - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="28498"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="24330"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Persons - 1 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Persons - 2 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Persons - 3 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="3584"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Persons - 4 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4732"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Persons - 5  person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Persons - 6 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="3608"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Persons - 7 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Persons - 8 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Persons - 9 person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Persons - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C1"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Persons - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C2"/>
+    <s v="Percentage of Private Households"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Persons - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C3"/>
+    <s v="Traveller Households"/>
+    <s v="Number"/>
+    <n v="1667"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Persons - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C4"/>
+    <s v="Percentage of Traveller Households"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Persons - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C5"/>
+    <s v="Households with both Irish Travellers and Other Persons"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Persons - 10 or more person household"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD738C6"/>
+    <s v="Percentage of Households with both Irish Travellers and Other Persons"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+</pivotCacheRecords>
 </file>