--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ccfc5e140914b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79521d36bc78465ca6ae8c34ecac4fba.psmdcp" Id="R8442faab86ac4a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27222f73be6f452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1be06e1903a44b3e999d5c7acf4d1768.psmdcp" Id="R188f43ac10b94be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD730</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Irish Travellers Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD730/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -249,50 +249,53 @@
     <x:t>Female</x:t>
   </x:si>
   <x:si>
     <x:t>205</x:t>
   </x:si>
   <x:si>
     <x:t>0 - 4 years</x:t>
   </x:si>
   <x:si>
     <x:t>260</x:t>
   </x:si>
   <x:si>
     <x:t>5 - 14 years</x:t>
   </x:si>
   <x:si>
     <x:t>310</x:t>
   </x:si>
   <x:si>
     <x:t>15 - 24 years</x:t>
   </x:si>
   <x:si>
     <x:t>415</x:t>
   </x:si>
   <x:si>
     <x:t>25 - 34 years</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>465</x:t>
   </x:si>
   <x:si>
     <x:t>35 - 44 years</x:t>
   </x:si>
   <x:si>
     <x:t>500</x:t>
   </x:si>
   <x:si>
     <x:t>45 - 54 years</x:t>
   </x:si>
   <x:si>
     <x:t>535</x:t>
   </x:si>
   <x:si>
     <x:t>55 - 64 years</x:t>
   </x:si>
   <x:si>
     <x:t>575</x:t>
   </x:si>
   <x:si>
     <x:t>65 years and over</x:t>
   </x:si>
@@ -454,307 +457,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L136" totalsRowShown="0">
   <x:autoFilter ref="A1:L136"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1027,51 +879,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD730/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1258,51 +1110,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L136"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="51.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="46.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -3748,50 +3600,53 @@
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L65" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:12">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>63</x:v>
@@ -3935,50 +3790,53 @@
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L70" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:12">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>63</x:v>
@@ -4122,2349 +3980,2385 @@
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L75" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="76" spans="1:12">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L76" s="0">
         <x:v>2309</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L77" s="0">
         <x:v>2874</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L78" s="0">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L79" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L80" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="81" spans="1:12">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L81" s="0">
         <x:v>3188</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L82" s="0">
         <x:v>1346</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L83" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L84" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L85" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L86" s="0">
         <x:v>1482</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L87" s="0">
         <x:v>1528</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L88" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L89" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L90" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L91" s="0">
         <x:v>1706</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L92" s="0">
         <x:v>1762</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L93" s="0">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L94" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L95" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L96" s="0">
         <x:v>1962</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L97" s="0">
         <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L98" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L99" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L100" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="101" spans="1:12">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L101" s="0">
         <x:v>952</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L102" s="0">
         <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L103" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L104" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L105" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="106" spans="1:12">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L106" s="0">
         <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L107" s="0">
         <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L108" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L109" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L110" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="111" spans="1:12">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L111" s="0">
         <x:v>1070</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L112" s="0">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L113" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L114" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L115" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L116" s="0">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L117" s="0">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L118" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L119" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L120" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L121" s="0">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L122" s="0">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L123" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L124" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L125" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L126" s="0">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L127" s="0">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L128" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L129" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L130" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L131" s="0">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L132" s="0">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L133" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L134" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="135" spans="1:12">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L135" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:12">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L136" s="0">
         <x:v>397</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6481,51 +6375,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L136" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD730"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Irish Travellers Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="260"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
@@ -6679,27 +6573,1918 @@
         <x:n v="952"/>
         <x:n v="911"/>
         <x:n v="79"/>
         <x:n v="1010"/>
         <x:n v="1037"/>
         <x:n v="1070"/>
         <x:n v="525"/>
         <x:n v="537"/>
         <x:n v="512"/>
         <x:n v="17"/>
         <x:n v="533"/>
         <x:n v="720"/>
         <x:n v="8"/>
         <x:n v="734"/>
         <x:n v="326"/>
         <x:n v="5"/>
         <x:n v="394"/>
         <x:n v="397"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26660"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29495"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13234"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14582"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13426"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14913"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4522"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6647"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7459"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="260"/>
+    <s v="5 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5116"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6051"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3982"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XB1"/>
+    <s v="Great Britain (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA1"/>
+    <s v="All countries excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD730"/>
+    <s v="Irish Travellers Usually Resident and Present in the State"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+</pivotCacheRecords>
 </file>