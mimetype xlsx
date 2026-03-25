--- v1 (2026-02-05)
+++ v2 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27222f73be6f452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1be06e1903a44b3e999d5c7acf4d1768.psmdcp" Id="R188f43ac10b94be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbddb56b34a7a4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53c1340686e9450c87c2a92a4062f723.psmdcp" Id="Rbe2d06ade3e444bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>