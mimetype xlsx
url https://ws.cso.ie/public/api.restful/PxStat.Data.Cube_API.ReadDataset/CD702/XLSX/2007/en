--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d6b9c5ab64240bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d020984451d497e885b5dc280c466cb.psmdcp" Id="R42a50590171c4e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc847193cbb8b401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56095ce990684a0292b82ac1df6cc533.psmdcp" Id="R2fb98f5f5cfc46d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD702</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD702/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,371 +502,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02712V03280" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Religion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L364" totalsRowShown="0">
   <x:autoFilter ref="A1:L364"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02712V03280"/>
     <x:tableColumn id="6" name="Religion"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1139,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD702/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1370,51 +1171,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L364"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="32.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15238,51 +15039,51 @@
       <x:c r="I364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>2281856</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15299,51 +15100,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L364" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD702"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -15764,27 +15565,5110 @@
         <x:n v="185"/>
         <x:n v="657"/>
         <x:n v="709"/>
         <x:n v="453"/>
         <x:n v="181"/>
         <x:n v="12354"/>
         <x:n v="31513"/>
         <x:n v="1983460"/>
         <x:n v="272493"/>
         <x:n v="55885"/>
         <x:n v="137471"/>
         <x:n v="8304"/>
         <x:n v="21107"/>
         <x:n v="31942"/>
         <x:n v="13453"/>
         <x:n v="4331"/>
         <x:n v="25903"/>
         <x:n v="2281856"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3525573"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282799"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49761"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184066"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9770"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19420"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13706"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22815"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3831187"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93056"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30464"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21477"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124445"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18223"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29143"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8777"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15376"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48130"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8465"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34854"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22108"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8901"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44003"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24023"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15258"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39652"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8311"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22835"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5013"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13876"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34867"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40227"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6598"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11845"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12620"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75655"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173180"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82194"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25620"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37463"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10179"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256830"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29888"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12925"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6371"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25855"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68668"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3927143"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544357"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112259"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274505"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16307"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41642"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65579"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24884"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9181"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53781"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1722044"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137204"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22526"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91840"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8864"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11598"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1870846"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45950"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14864"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10670"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61266"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9944"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17124"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4987"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9337"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27524"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16774"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10744"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21416"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11393"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6885"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18449"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11533"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6433"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18487"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19400"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38205"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105068"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44678"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15137"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19819"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5030"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150598"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16530"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7124"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13501"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37155"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1943683"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271864"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56374"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137034"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8003"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20535"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33637"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11431"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27878"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243425"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1803529"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145595"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27235"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92226"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5138"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10556"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7375"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11217"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Roman Catholic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1960341"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47106"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15600"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10807"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Church of Ireland, England, Anglican, Episcopalian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63179"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8279"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12019"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Muslim (Islamic)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20606"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18080"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11364"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Orthodox (Greek, Coptic, Russian)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22587"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12630"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8373"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Other Christian religion, n.e.s."/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21203"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4171"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Presbyterian"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11302"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4511"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Apostolic or Pentecostal"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16380"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20827"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6639"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02D"/>
+    <s v="Other stated religions (5)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37450"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68112"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37516"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10483"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17644"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="35"/>
+    <s v="No religion"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106232"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13358"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5801"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12354"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="36"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31513"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1983460"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272493"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55885"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="EU27X02"/>
+    <s v="EU27 excluding Irish and UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137471"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8304"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21107"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31942"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13453"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4331"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="ZZZ99"/>
+    <s v="Not stated, including no nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25903"/>
+  </r>
+  <r>
+    <s v="CD702"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All religions"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2281856"/>
+  </r>
+</pivotCacheRecords>
 </file>