--- v1 (2026-02-03)
+++ v2 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc847193cbb8b401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56095ce990684a0292b82ac1df6cc533.psmdcp" Id="R2fb98f5f5cfc46d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01877e859bc44d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ef464e85de1462a83c300655e6bda9e.psmdcp" Id="R2796930dfcc844b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>