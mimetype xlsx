--- v0 (2025-11-08)
+++ v1 (2026-01-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ef5436e6744abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed39e1da7480428784e6fff0708589ce.psmdcp" Id="R00ebce4003034958" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9da539399554115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fb2c6d23fcf489bb459741489f16554.psmdcp" Id="Rd2068f3e81644d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD701</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD701/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P7</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 7 - Religion, Ethnicity and Irish Travellers</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -544,427 +544,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L571" totalsRowShown="0">
   <x:autoFilter ref="A1:L571"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02688V03255"/>
     <x:tableColumn id="8" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1237,51 +996,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD701/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1468,51 +1227,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L571"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="44.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -23202,51 +22961,51 @@
       <x:c r="I571" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L571" s="0">
         <x:v>39787</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23263,51 +23022,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L571" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD701"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -23910,27 +23669,8008 @@
         <x:n v="41"/>
         <x:n v="857"/>
         <x:n v="41424"/>
         <x:n v="55102"/>
         <x:n v="36"/>
         <x:n v="1306"/>
         <x:n v="5"/>
         <x:n v="28"/>
         <x:n v="1608"/>
         <x:n v="58183"/>
         <x:n v="17396"/>
         <x:n v="490"/>
         <x:n v="4"/>
         <x:n v="18396"/>
         <x:n v="37706"/>
         <x:n v="816"/>
         <x:n v="1172"/>
         <x:n v="39787"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3821995"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29495"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412975"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58697"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6381"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17832"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66858"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40724"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70324"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1890388"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14582"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206258"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28847"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8738"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34151"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20833"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36324"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243425"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1931607"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14913"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206717"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29850"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9094"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32707"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19891"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34000"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2281856"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288199"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28308"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8442"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8865"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8310"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354602"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147705"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181209"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140494"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13960"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4398"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173393"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264915"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20933"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11233"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6165"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5313"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319117"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135830"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10794"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5619"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163204"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129085"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5614"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155913"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259228"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18772"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3273"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3874"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300273"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133060"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154034"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126168"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1737"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9191"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146239"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244136"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17123"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278393"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125176"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8452"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142409"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118960"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8671"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135984"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235566"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30517"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287078"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119487"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12695"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142849"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116079"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17822"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1856"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144229"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255743"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68761"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7723"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6920"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="354543"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124706"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31275"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2375"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170650"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131037"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37486"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3841"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183893"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286872"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68345"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10612"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6709"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388776"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140264"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35336"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5323"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192152"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146608"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33009"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196624"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286065"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44948"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7169"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9217"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5207"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360076"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141122"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24285"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179972"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144943"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20663"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180104"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271423"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32680"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6123"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5942"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4672"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326580"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134199"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17696"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3419"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164068"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137224"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14984"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162512"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263069"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25131"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301167"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129113"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13150"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149438"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133956"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11981"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151729"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243282"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18534"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="270490"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120509"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9497"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134828"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122773"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9037"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135662"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222529"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12569"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240648"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111205"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6263"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120353"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111324"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120295"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200438"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9890"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214827"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100849"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108040"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99589"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106787"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160447"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6615"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170528"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79835"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84866"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80612"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85662"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122254"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129356"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59105"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62591"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63149"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66765"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96288"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101010"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43963"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46156"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52325"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54854"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66439"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69634"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26864"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28210"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39575"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41424"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55102"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58183"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17396"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18396"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37706"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="CD701"/>
+    <s v="Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39787"/>
+  </r>
+</pivotCacheRecords>
 </file>