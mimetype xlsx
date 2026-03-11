--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9da539399554115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fb2c6d23fcf489bb459741489f16554.psmdcp" Id="Rd2068f3e81644d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc96756e6fdf54465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ba47b602e2a46f697c948f138d1ddc5.psmdcp" Id="Rf19a2a92190e4412" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>