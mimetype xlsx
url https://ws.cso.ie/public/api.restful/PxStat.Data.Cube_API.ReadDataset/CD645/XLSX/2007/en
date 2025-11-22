--- v0 (2025-10-06)
+++ v1 (2025-11-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7aaa5fb09bc4644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c410f19cd1644ca19be8e65d6b1e8b1f.psmdcp" Id="Rd030ca9244e94ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60c4240b1e314ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8c95210e76b4ca5bf665fd848ab6ba2.psmdcp" Id="R6dc0f077f19e4a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD645</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State and Who Were Living Outside Ireland (Republic) One Year Ago by Composition of Private Household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Population in this table refers to those aged 1 year and over.Population Who Lived Outside the State for One Year or More - The level of non-response by those born outside the country was of the order of 35.44% due to possible misinterpretation of the question.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD645/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -360,50 +360,53 @@
     <x:t>Other American (2)</x:t>
   </x:si>
   <x:si>
     <x:t>AU</x:t>
   </x:si>
   <x:si>
     <x:t>Australian</x:t>
   </x:si>
   <x:si>
     <x:t>ON15</x:t>
   </x:si>
   <x:si>
     <x:t>Other nationalities (15)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZ10</x:t>
   </x:si>
   <x:si>
     <x:t>Multi nationality</x:t>
   </x:si>
   <x:si>
     <x:t>ZZ30</x:t>
   </x:si>
   <x:si>
     <x:t>No nationality</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>ZZ98</x:t>
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>All nationalities</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -553,403 +556,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H226" totalsRowShown="0">
   <x:autoFilter ref="A1:H226"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02537V03240"/>
     <x:tableColumn id="2" name="Nationality"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1218,51 +986,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD645/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1451,51 +1219,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H226"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="50.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -6693,50 +6461,53 @@
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0">
         <x:v>12</x:v>
@@ -6820,50 +6591,53 @@
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H206" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>8</x:v>
@@ -6875,529 +6649,529 @@
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H216" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>4387</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H219" s="0">
         <x:v>6822</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H220" s="0">
         <x:v>13550</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>4297</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>3063</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>3712</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>1917</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>12137</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>3382</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7414,51 +7188,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H226" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02537V03240">
       <x:sharedItems count="25">
         <x:s v="IE"/>
         <x:s v="IE05"/>
         <x:s v="GB"/>
         <x:s v="DE"/>
         <x:s v="LV"/>
         <x:s v="LT"/>
         <x:s v="PL"/>
         <x:s v="RO"/>
         <x:s v="OEU2706"/>
         <x:s v="OEUR04"/>
         <x:s v="NG"/>
         <x:s v="ZA"/>
         <x:s v="OAFR01"/>
         <x:s v="IN"/>
         <x:s v="PH"/>
         <x:s v="OAS03"/>
         <x:s v="US"/>
         <x:s v="BR"/>
         <x:s v="OAM02"/>
         <x:s v="AU"/>
         <x:s v="ON15"/>
@@ -7683,27 +7457,2278 @@
         <x:n v="3"/>
         <x:n v="2"/>
         <x:n v="19"/>
         <x:s v=""/>
         <x:n v="12"/>
         <x:n v="8"/>
         <x:n v="25"/>
         <x:n v="24"/>
         <x:n v="56"/>
         <x:n v="4387"/>
         <x:n v="6822"/>
         <x:n v="13550"/>
         <x:n v="4297"/>
         <x:n v="3063"/>
         <x:n v="3712"/>
         <x:n v="1917"/>
         <x:n v="12137"/>
         <x:n v="3382"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="7450"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="9604"/>
+  </r>
+  <r>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="GB"/>
+    <s v="UK"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="OEU2706"/>
+    <s v="Other EU27 (6)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="OAFR01"/>
+    <s v="Other African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="OAS03"/>
+    <s v="Other Asian (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="OAM02"/>
+    <s v="Other American (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C1"/>
+    <s v="One person"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C2"/>
+    <s v="Couple"/>
+    <s v="Number"/>
+    <n v="6822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C3"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="13550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C4"/>
+    <s v="Lone parents with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="4297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C5"/>
+    <s v="Couple with relatives and other persons"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C6"/>
+    <s v="Couple with children, relatives and other persons"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C7"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C8"/>
+    <s v="Non-family households"/>
+    <s v="Number"/>
+    <n v="12137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD645C9"/>
+    <s v="Persons not enumerated in a private household"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+</pivotCacheRecords>
 </file>