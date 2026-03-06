--- v1 (2025-11-22)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60c4240b1e314ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8c95210e76b4ca5bf665fd848ab6ba2.psmdcp" Id="R6dc0f077f19e4a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a60e283fdb04ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10d3b5775a2c466a9327ce1f13befb2d.psmdcp" Id="R649a23cac35b4a94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>