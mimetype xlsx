--- v0 (2025-10-01)
+++ v1 (2025-11-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c8aa896ed84df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e9a9db24b234f52b43e46e6cf158062.psmdcp" Id="R0ec15226879f4e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15870a023125489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/615fca5fe3f140018048ca67345880f1.psmdcp" Id="R4c1a328e60f0410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD643</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD643/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -270,50 +270,53 @@
     <x:t>2007 to 2011</x:t>
   </x:si>
   <x:si>
     <x:t>9998</x:t>
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
   </x:si>
   <x:si>
     <x:t>XEXW</x:t>
   </x:si>
   <x:si>
     <x:t>England and Wales</x:t>
   </x:si>
   <x:si>
     <x:t>XS</x:t>
   </x:si>
   <x:si>
     <x:t>Scotland</x:t>
   </x:si>
   <x:si>
     <x:t>LT</x:t>
   </x:si>
   <x:si>
     <x:t>Lithuania</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>PL</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEUBQ7</x:t>
   </x:si>
   <x:si>
     <x:t>Other EU27 (5)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEURQ01</x:t>
   </x:si>
   <x:si>
     <x:t>Other Europe (8)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZAA02</x:t>
   </x:si>
   <x:si>
     <x:t>Other Africa (2)</x:t>
   </x:si>
@@ -508,379 +511,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year of taking up Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L397" totalsRowShown="0">
   <x:autoFilter ref="A1:L397"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Country of Previous Residence"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Year of taking up Residence"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1153,51 +951,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD643/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1384,51 +1182,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="116.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -2772,50 +2570,53 @@
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L36" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="37" spans="1:12">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>60</x:v>
@@ -2845,50 +2646,53 @@
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L38" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="39" spans="1:12">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>64</x:v>
@@ -3126,13401 +2930,13425 @@
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L45" s="0">
         <x:v>2093</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L46" s="0">
         <x:v>71963</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L47" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="48" spans="1:12">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L48" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L49" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L50" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L51" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L52" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L53" s="0">
         <x:v>1779</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L54" s="0">
         <x:v>34908</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L55" s="0">
         <x:v>21645</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L56" s="0">
         <x:v>13464</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L57" s="0">
         <x:v>115079</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L58" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L59" s="0">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L60" s="0">
         <x:v>1228</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L61" s="0">
         <x:v>2956</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L62" s="0">
         <x:v>5493</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L63" s="0">
         <x:v>7134</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L64" s="0">
         <x:v>23724</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L65" s="0">
         <x:v>28873</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L66" s="0">
         <x:v>35735</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L67" s="0">
         <x:v>9517</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L68" s="0">
         <x:v>15531</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L69" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L70" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L71" s="0">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L72" s="0">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L73" s="0">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L74" s="0">
         <x:v>837</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L75" s="0">
         <x:v>5685</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L76" s="0">
         <x:v>3621</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L77" s="0">
         <x:v>3331</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L78" s="0">
         <x:v>1215</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L79" s="0">
         <x:v>32470</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L80" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L81" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L82" s="0">
         <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L83" s="0">
         <x:v>1899</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L84" s="0">
         <x:v>2143</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L85" s="0">
         <x:v>1582</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L86" s="0">
         <x:v>10455</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L87" s="0">
         <x:v>6543</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L88" s="0">
         <x:v>6227</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L89" s="0">
         <x:v>2541</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L90" s="0">
         <x:v>51550</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L91" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L92" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L93" s="0">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L94" s="0">
         <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L95" s="0">
         <x:v>2611</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L96" s="0">
         <x:v>2290</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L97" s="0">
         <x:v>11677</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L98" s="0">
         <x:v>13562</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L99" s="0">
         <x:v>15033</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L100" s="0">
         <x:v>5046</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L101" s="0">
         <x:v>70559</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L102" s="0">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L103" s="0">
         <x:v>820</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L104" s="0">
         <x:v>3786</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L105" s="0">
         <x:v>4972</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L106" s="0">
         <x:v>7635</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L107" s="0">
         <x:v>8330</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L108" s="0">
         <x:v>20556</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L109" s="0">
         <x:v>11959</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L110" s="0">
         <x:v>9951</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L111" s="0">
         <x:v>2223</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L112" s="0">
         <x:v>123675</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L113" s="0">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L114" s="0">
         <x:v>764</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L115" s="0">
         <x:v>2601</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L116" s="0">
         <x:v>5352</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L117" s="0">
         <x:v>6686</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L118" s="0">
         <x:v>7151</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L119" s="0">
         <x:v>24756</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L120" s="0">
         <x:v>20034</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L121" s="0">
         <x:v>26806</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L122" s="0">
         <x:v>29260</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L123" s="0">
         <x:v>892370</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L124" s="0">
         <x:v>3637</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L125" s="0">
         <x:v>10822</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L126" s="0">
         <x:v>41079</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L127" s="0">
         <x:v>72648</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L128" s="0">
         <x:v>68656</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L129" s="0">
         <x:v>76352</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L130" s="0">
         <x:v>199398</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L131" s="0">
         <x:v>175886</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L132" s="0">
         <x:v>165829</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L133" s="0">
         <x:v>78063</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L134" s="0">
         <x:v>12457</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L135" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L136" s="0">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L137" s="0">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L138" s="0">
         <x:v>1500</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L139" s="0">
         <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L140" s="0">
         <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L141" s="0">
         <x:v>3055</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L142" s="0">
         <x:v>2113</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L143" s="0">
         <x:v>2618</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L144" s="0">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L145" s="0">
         <x:v>169046</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L146" s="0">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L147" s="0">
         <x:v>3307</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L148" s="0">
         <x:v>14412</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L149" s="0">
         <x:v>24248</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L150" s="0">
         <x:v>19619</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L151" s="0">
         <x:v>22576</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L152" s="0">
         <x:v>42604</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L153" s="0">
         <x:v>19426</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L154" s="0">
         <x:v>16536</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L155" s="0">
         <x:v>5544</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L156" s="0">
         <x:v>8985</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L157" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L158" s="0">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L159" s="0">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L160" s="0">
         <x:v>1029</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L161" s="0">
         <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L162" s="0">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L163" s="0">
         <x:v>2473</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L164" s="0">
         <x:v>1368</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L165" s="0">
         <x:v>1566</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L166" s="0">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L167" s="0">
         <x:v>8753</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L168" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="169" spans="1:12">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L169" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="170" spans="1:12">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L170" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="171" spans="1:12">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L171" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L172" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L173" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L174" s="0">
         <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L175" s="0">
         <x:v>4574</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L176" s="0">
         <x:v>2291</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L177" s="0">
         <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L178" s="0">
         <x:v>36967</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L179" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="180" spans="1:12">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L180" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L181" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L182" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L183" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L184" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L185" s="0">
         <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L186" s="0">
         <x:v>19076</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L187" s="0">
         <x:v>9776</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L188" s="0">
         <x:v>7083</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L189" s="0">
         <x:v>55643</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L190" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L191" s="0">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L192" s="0">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L193" s="0">
         <x:v>1305</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L194" s="0">
         <x:v>2482</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L195" s="0">
         <x:v>3248</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L196" s="0">
         <x:v>11487</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L197" s="0">
         <x:v>14517</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L198" s="0">
         <x:v>17228</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>4651</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L200" s="0">
         <x:v>7642</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L201" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L202" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L203" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L204" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L205" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L206" s="0">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L207" s="0">
         <x:v>2921</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L208" s="0">
         <x:v>1781</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L209" s="0">
         <x:v>1636</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L210" s="0">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L211" s="0">
         <x:v>15943</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L212" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L213" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L214" s="0">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L215" s="0">
         <x:v>902</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L216" s="0">
         <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L218" s="0">
         <x:v>5182</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L219" s="0">
         <x:v>3236</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L220" s="0">
         <x:v>3148</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L221" s="0">
         <x:v>1235</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L222" s="0">
         <x:v>25358</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L223" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L224" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L225" s="0">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L226" s="0">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L227" s="0">
         <x:v>1215</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L228" s="0">
         <x:v>1053</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L229" s="0">
         <x:v>5709</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L230" s="0">
         <x:v>6506</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L231" s="0">
         <x:v>7665</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L232" s="0">
         <x:v>2543</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L233" s="0">
         <x:v>33214</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L234" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L235" s="0">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L236" s="0">
         <x:v>1383</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L237" s="0">
         <x:v>2045</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L238" s="0">
         <x:v>3580</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L239" s="0">
         <x:v>3917</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L240" s="0">
         <x:v>10142</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L241" s="0">
         <x:v>5875</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L242" s="0">
         <x:v>4840</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>1079</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>60228</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L245" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L246" s="0">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L247" s="0">
         <x:v>1224</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L248" s="0">
         <x:v>2464</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L249" s="0">
         <x:v>2921</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L250" s="0">
         <x:v>3253</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L251" s="0">
         <x:v>11441</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L252" s="0">
         <x:v>9989</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>13377</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L254" s="0">
         <x:v>15117</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L255" s="0">
         <x:v>434236</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L256" s="0">
         <x:v>1239</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L257" s="0">
         <x:v>4388</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L258" s="0">
         <x:v>19111</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L259" s="0">
         <x:v>34051</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L260" s="0">
         <x:v>32846</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L261" s="0">
         <x:v>36881</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L262" s="0">
         <x:v>96812</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L263" s="0">
         <x:v>88461</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L264" s="0">
         <x:v>80681</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>39766</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L266" s="0">
         <x:v>15002</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L267" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L268" s="0">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L269" s="0">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L270" s="0">
         <x:v>2013</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>1421</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L272" s="0">
         <x:v>1079</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L273" s="0">
         <x:v>3409</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L274" s="0">
         <x:v>2404</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L275" s="0">
         <x:v>2795</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L276" s="0">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L277" s="0">
         <x:v>176998</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L278" s="0">
         <x:v>1574</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L279" s="0">
         <x:v>4668</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L280" s="0">
         <x:v>15294</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L281" s="0">
         <x:v>26030</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L282" s="0">
         <x:v>19634</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L283" s="0">
         <x:v>22745</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L284" s="0">
         <x:v>44819</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L285" s="0">
         <x:v>20361</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L286" s="0">
         <x:v>16533</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L287" s="0">
         <x:v>5340</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L288" s="0">
         <x:v>10591</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L290" s="0">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L291" s="0">
         <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L292" s="0">
         <x:v>1478</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L293" s="0">
         <x:v>1062</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L294" s="0">
         <x:v>866</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L295" s="0">
         <x:v>2549</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L296" s="0">
         <x:v>1604</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L297" s="0">
         <x:v>1678</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L298" s="0">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L299" s="0">
         <x:v>9711</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L300" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="301" spans="1:12">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L301" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L302" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="303" spans="1:12">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L303" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L304" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L305" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L306" s="0">
         <x:v>1012</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L307" s="0">
         <x:v>4536</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L308" s="0">
         <x:v>3084</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L309" s="0">
         <x:v>1060</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L310" s="0">
         <x:v>34996</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L311" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
     </x:row>
     <x:row r="312" spans="1:12">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L312" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L313" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L314" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L315" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L316" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L317" s="0">
         <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L318" s="0">
         <x:v>15832</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L319" s="0">
         <x:v>11869</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L320" s="0">
         <x:v>6381</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L321" s="0">
         <x:v>59436</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L322" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L323" s="0">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L324" s="0">
         <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>1651</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L326" s="0">
         <x:v>3011</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L327" s="0">
         <x:v>3886</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L328" s="0">
         <x:v>12237</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L329" s="0">
         <x:v>14356</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L330" s="0">
         <x:v>18507</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>4866</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L332" s="0">
         <x:v>7889</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L333" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L334" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L335" s="0">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L336" s="0">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L338" s="0">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L339" s="0">
         <x:v>2764</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L340" s="0">
         <x:v>1840</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L341" s="0">
         <x:v>1695</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L342" s="0">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L343" s="0">
         <x:v>16527</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L344" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L345" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L346" s="0">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L347" s="0">
         <x:v>997</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L348" s="0">
         <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L349" s="0">
         <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L350" s="0">
         <x:v>5273</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L351" s="0">
         <x:v>3307</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L352" s="0">
         <x:v>3079</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L353" s="0">
         <x:v>1306</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L354" s="0">
         <x:v>26192</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L355" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L356" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L357" s="0">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L358" s="0">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L359" s="0">
         <x:v>1396</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L360" s="0">
         <x:v>1237</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>5968</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L362" s="0">
         <x:v>7056</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L363" s="0">
         <x:v>7368</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>2503</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L365" s="0">
         <x:v>37345</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L366" s="0">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L367" s="0">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L368" s="0">
         <x:v>2403</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L369" s="0">
         <x:v>2927</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L370" s="0">
         <x:v>4055</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L371" s="0">
         <x:v>4413</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L372" s="0">
         <x:v>10414</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L373" s="0">
         <x:v>6084</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L374" s="0">
         <x:v>5111</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L375" s="0">
         <x:v>1144</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L376" s="0">
         <x:v>63447</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L377" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L378" s="0">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>1377</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L380" s="0">
         <x:v>2888</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L381" s="0">
         <x:v>3765</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L382" s="0">
         <x:v>3898</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L383" s="0">
         <x:v>13315</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L384" s="0">
         <x:v>10045</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>13429</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L386" s="0">
         <x:v>14143</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L387" s="0">
         <x:v>458134</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L388" s="0">
         <x:v>2398</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L389" s="0">
         <x:v>6434</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L390" s="0">
         <x:v>21968</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L391" s="0">
         <x:v>38597</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L392" s="0">
         <x:v>35810</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L393" s="0">
         <x:v>39471</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L394" s="0">
         <x:v>102586</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L395" s="0">
         <x:v>87425</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L396" s="0">
         <x:v>85148</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>38297</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16537,51 +16365,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD643"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -17012,27 +16840,5572 @@
         <x:n v="2888"/>
         <x:n v="3765"/>
         <x:n v="3898"/>
         <x:n v="13315"/>
         <x:n v="10045"/>
         <x:n v="13429"/>
         <x:n v="14143"/>
         <x:n v="458134"/>
         <x:n v="2398"/>
         <x:n v="6434"/>
         <x:n v="21968"/>
         <x:n v="38597"/>
         <x:n v="35810"/>
         <x:n v="39471"/>
         <x:n v="102586"/>
         <x:n v="87425"/>
         <x:n v="85148"/>
         <x:n v="38297"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27459"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6464"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4517"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346044"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29706"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50278"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39253"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45321"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87423"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39787"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33069"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10884"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19576"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18464"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9110"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71963"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34908"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21645"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13464"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115079"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7134"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23724"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28873"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35735"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9517"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15531"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32470"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10455"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6543"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6227"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51550"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11677"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13562"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15033"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5046"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70559"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7635"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8330"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20556"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11959"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9951"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2223"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123675"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6686"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24756"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20034"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26806"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29260"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892370"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10822"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41079"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72648"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68656"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76352"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199398"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175886"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165829"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78063"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12457"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169046"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14412"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24248"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19619"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22576"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42604"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19426"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16536"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5544"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8985"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8753"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36967"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19076"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9776"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7083"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55643"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11487"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14517"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17228"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7642"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15943"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5182"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25358"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5709"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6506"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7665"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33214"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10142"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60228"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11441"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9989"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13377"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15117"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434236"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19111"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34051"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32846"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36881"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96812"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88461"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80681"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39766"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15002"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176998"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15294"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26030"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19634"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22745"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44819"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20361"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10591"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9711"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4536"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34996"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15832"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11869"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6381"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59436"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14356"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18507"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4866"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7889"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16527"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26192"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7368"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37345"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10414"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6084"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63447"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3765"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13315"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10045"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13429"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14143"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458134"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21968"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38597"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35810"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39471"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102586"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87425"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85148"/>
+  </r>
+  <r>
+    <s v="CD643"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38297"/>
+  </r>
+</pivotCacheRecords>
 </file>