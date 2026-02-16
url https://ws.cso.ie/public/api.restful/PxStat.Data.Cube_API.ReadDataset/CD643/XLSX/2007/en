--- v1 (2025-11-28)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15870a023125489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/615fca5fe3f140018048ca67345880f1.psmdcp" Id="R4c1a328e60f0410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bae285ece0f4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d39f491448e049a8bc626a9429e841f0.psmdcp" Id="R8a3a00a856804f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>