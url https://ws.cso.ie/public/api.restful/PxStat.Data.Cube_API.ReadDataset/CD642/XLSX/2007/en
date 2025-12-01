--- v0 (2025-10-03)
+++ v1 (2025-12-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de12284215d4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e6625efc78c444db1a5221624045064.psmdcp" Id="R9d0db4f1931c44f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e26b335219454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0dc2d20677cf408e8b1cef8fe05c2b4e.psmdcp" Id="R28a2d35414a64e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>