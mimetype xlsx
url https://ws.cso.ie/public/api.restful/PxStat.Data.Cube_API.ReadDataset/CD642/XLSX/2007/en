--- v1 (2025-12-01)
+++ v2 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e26b335219454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0dc2d20677cf408e8b1cef8fe05c2b4e.psmdcp" Id="R28a2d35414a64e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bfa2158a7254c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a6b0f2a79f84dd5bc1fc7fdb22cbe3e.psmdcp" Id="R8c8c307429bc4f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD642</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Population in this table refers to those aged 1 year and over. Population Who Lived Outside the State for One Year or More - The level of non-response by those born outside the country was of the order of 35.44% due to possible misinterpretation of the question.  Irish Text : Tagraíonn daonra sa tábla seo dóibh siúd atá aon bhliain d'aois agus níos sine. Daonra a chónaigh lasmuigh den stát ar feadh bliain amháin nó níos mó - Bhí an leibhéal neamhfhreagartha uatha siúd a rugadh lasmuigh den tír chomh ard le 35.44% de bharr go raibh an seans ann gur míthuigeadar an cheist.#Population in this table refers to those aged 1 year and over.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD642/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -281,50 +281,53 @@
   <x:si>
     <x:t>Speaks English - Well</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Speaks English - Not well</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Speaks English - Not at all</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
     <x:t>230</x:t>
   </x:si>
   <x:si>
     <x:t>1 - 14 years</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>313</x:t>
   </x:si>
   <x:si>
     <x:t>15 - 29 years</x:t>
   </x:si>
   <x:si>
     <x:t>439</x:t>
   </x:si>
   <x:si>
     <x:t>30 years and over</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -472,395 +475,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02831V03405" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ability to Speak English" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year of Return" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02831V03405"/>
     <x:tableColumn id="6" name="Ability to Speak English"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Year of Return"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1133,51 +919,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD642/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1366,51 +1152,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="134.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="15.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -7656,85 +7442,91 @@
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L165" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="166" spans="1:12">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L166" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="167" spans="1:12">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>60</x:v>
@@ -8334,155 +8126,167 @@
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L183" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="184" spans="1:12">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L184" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="185" spans="1:12">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L185" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="186" spans="1:12">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L186" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="187" spans="1:12">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>62</x:v>
@@ -9006,50 +8810,53 @@
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L201" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:12">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>59</x:v>
@@ -9623,8263 +9430,8263 @@
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L218" s="0">
         <x:v>84641</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L219" s="0">
         <x:v>1382</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L220" s="0">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L221" s="0">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L222" s="0">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L223" s="0">
         <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L224" s="0">
         <x:v>1537</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L225" s="0">
         <x:v>1819</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L226" s="0">
         <x:v>1994</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L227" s="0">
         <x:v>4332</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L228" s="0">
         <x:v>8806</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L229" s="0">
         <x:v>11972</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L230" s="0">
         <x:v>10992</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L231" s="0">
         <x:v>7944</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L232" s="0">
         <x:v>6123</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L233" s="0">
         <x:v>8474</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L234" s="0">
         <x:v>2560</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L235" s="0">
         <x:v>14150</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L236" s="0">
         <x:v>39522</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L237" s="0">
         <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L238" s="0">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L239" s="0">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L240" s="0">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L241" s="0">
         <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L242" s="0">
         <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>1276</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>1270</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L245" s="0">
         <x:v>2481</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L246" s="0">
         <x:v>4489</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L247" s="0">
         <x:v>5472</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L248" s="0">
         <x:v>4750</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L249" s="0">
         <x:v>3494</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L250" s="0">
         <x:v>2553</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L251" s="0">
         <x:v>3229</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L252" s="0">
         <x:v>901</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>5349</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L254" s="0">
         <x:v>33128</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L255" s="0">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L256" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L257" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L258" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L259" s="0">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L260" s="0">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L261" s="0">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L262" s="0">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L263" s="0">
         <x:v>1475</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L264" s="0">
         <x:v>3455</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>5048</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L266" s="0">
         <x:v>4643</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L267" s="0">
         <x:v>3299</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L268" s="0">
         <x:v>2559</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L269" s="0">
         <x:v>3671</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L270" s="0">
         <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>6150</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L272" s="0">
         <x:v>9664</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L273" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L274" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L275" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L276" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L277" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L278" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L279" s="0">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L280" s="0">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L281" s="0">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K282" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L282" s="0">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L283" s="0">
         <x:v>1214</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J284" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L284" s="0">
         <x:v>1304</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L285" s="0">
         <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L286" s="0">
         <x:v>838</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L287" s="0">
         <x:v>1295</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K288" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L288" s="0">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>2079</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K290" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L290" s="0">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L291" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L292" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L293" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L294" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L295" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J296" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K296" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L296" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L297" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L298" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L299" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K300" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L300" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L301" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J302" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K302" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L302" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L303" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L304" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L305" s="0">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L306" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L307" s="0">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L308" s="0">
         <x:v>1642</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L309" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K310" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L310" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L311" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K312" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L312" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L313" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L314" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L315" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L316" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L317" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L318" s="0">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L319" s="0">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L320" s="0">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L321" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L322" s="0">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L323" s="0">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L324" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L326" s="0">
         <x:v>149439</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L327" s="0">
         <x:v>13916</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L328" s="0">
         <x:v>2015</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L329" s="0">
         <x:v>2391</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L330" s="0">
         <x:v>3497</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>6414</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L332" s="0">
         <x:v>8708</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L333" s="0">
         <x:v>7261</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L334" s="0">
         <x:v>6558</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L335" s="0">
         <x:v>11434</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L336" s="0">
         <x:v>17108</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>17157</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L338" s="0">
         <x:v>13241</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L339" s="0">
         <x:v>8340</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L340" s="0">
         <x:v>5189</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L341" s="0">
         <x:v>5142</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L342" s="0">
         <x:v>1651</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L343" s="0">
         <x:v>19417</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L344" s="0">
         <x:v>69488</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L345" s="0">
         <x:v>10911</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L346" s="0">
         <x:v>1530</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L347" s="0">
         <x:v>1821</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L348" s="0">
         <x:v>2444</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L349" s="0">
         <x:v>3997</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L350" s="0">
         <x:v>5075</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L351" s="0">
         <x:v>4112</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L352" s="0">
         <x:v>3444</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L353" s="0">
         <x:v>4859</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L354" s="0">
         <x:v>6343</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L355" s="0">
         <x:v>6072</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L356" s="0">
         <x:v>4680</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L357" s="0">
         <x:v>3433</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L358" s="0">
         <x:v>2109</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L359" s="0">
         <x:v>2057</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L360" s="0">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>5999</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L362" s="0">
         <x:v>47729</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L363" s="0">
         <x:v>1810</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L365" s="0">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L366" s="0">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L367" s="0">
         <x:v>1757</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L368" s="0">
         <x:v>2654</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L369" s="0">
         <x:v>2184</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L370" s="0">
         <x:v>2119</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L371" s="0">
         <x:v>4258</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L372" s="0">
         <x:v>6589</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L373" s="0">
         <x:v>6503</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L374" s="0">
         <x:v>4846</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L375" s="0">
         <x:v>2778</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L376" s="0">
         <x:v>1589</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L377" s="0">
         <x:v>1457</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L378" s="0">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>7198</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L380" s="0">
         <x:v>25787</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L381" s="0">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L382" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L383" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L384" s="0">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L386" s="0">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L387" s="0">
         <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L388" s="0">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L389" s="0">
         <x:v>1976</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L390" s="0">
         <x:v>3593</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L391" s="0">
         <x:v>3901</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L392" s="0">
         <x:v>3123</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L393" s="0">
         <x:v>1703</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L394" s="0">
         <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L395" s="0">
         <x:v>1195</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L396" s="0">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>4765</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L398" s="0">
         <x:v>3386</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L399" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L400" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L401" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L402" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L403" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L404" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L405" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L407" s="0">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L408" s="0">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L409" s="0">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L410" s="0">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L411" s="0">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L412" s="0">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L413" s="0">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L414" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L415" s="0">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L416" s="0">
         <x:v>3049</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L417" s="0">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L418" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L419" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L420" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L421" s="0">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L422" s="0">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L423" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L424" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L425" s="0">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L426" s="0">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L427" s="0">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L428" s="0">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L429" s="0">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L430" s="0">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L431" s="0">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L432" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>678</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17896,51 +17703,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD642"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="230"/>
         <x:s v="313"/>
         <x:s v="439"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="4">
         <x:s v="All ages"/>
         <x:s v="1 - 14 years"/>
         <x:s v="15 - 29 years"/>
@@ -18380,27 +18187,6076 @@
         <x:n v="294"/>
         <x:n v="331"/>
         <x:n v="130"/>
         <x:n v="777"/>
         <x:n v="3049"/>
         <x:n v="504"/>
         <x:n v="43"/>
         <x:n v="117"/>
         <x:n v="123"/>
         <x:n v="90"/>
         <x:n v="269"/>
         <x:n v="267"/>
         <x:n v="197"/>
         <x:n v="132"/>
         <x:n v="97"/>
         <x:n v="102"/>
         <x:n v="28"/>
         <x:n v="678"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260999"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15307"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2901"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4314"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7877"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10838"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9782"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9323"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16977"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28566"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33041"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28143"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19278"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13499"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15716"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38341"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124431"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12030"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6733"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5994"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5391"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8327"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12873"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14077"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11650"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8405"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13617"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87887"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10544"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12609"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10658"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7023"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5849"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14729"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38131"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7449"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26919"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4774"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15421"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7030"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="230"/>
+    <s v="1 - 14 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84641"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8806"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11972"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10992"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7944"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6123"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8474"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14150"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39522"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5472"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4750"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2553"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5349"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33128"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6150"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9664"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="313"/>
+    <s v="15 - 29 years"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149439"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13916"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6414"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8708"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6558"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11434"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17108"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17157"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13241"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8340"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5189"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="Speaks English - Total"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19417"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69488"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10911"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3997"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6343"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Speaks English - Very well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5999"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47729"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6503"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="02"/>
+    <s v="Speaks English - Well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7198"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25787"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="03"/>
+    <s v="Speaks English - Not well"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Speaks English - Not at all"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="19961"/>
+    <s v="1996 or before"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD642"/>
+    <s v="Population Usually Resident and Present, who spoke a language other than Irish or English at home and who lived outside Ireland for a year or more"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+</pivotCacheRecords>
 </file>