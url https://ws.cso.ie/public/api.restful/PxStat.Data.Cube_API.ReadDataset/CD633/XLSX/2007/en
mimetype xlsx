--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1af69eb16cc467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85c74b3eba024bc0a28f9c1217977149.psmdcp" Id="Rc88324fae6ba400f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5ffafb017b46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1f2d3e9237c485bb63882b2d66b029f.psmdcp" Id="R8e9a1fd4bb09412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD633</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD633/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -523,371 +523,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H337" totalsRowShown="0">
   <x:autoFilter ref="A1:H337"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02537V03240"/>
     <x:tableColumn id="2" name="Nationality of Reference Person"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1156,51 +945,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD633/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1387,51 +1176,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="71.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -10181,51 +9970,51 @@
       <x:c r="E337" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>35522</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10242,51 +10031,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02537V03240">
       <x:sharedItems count="21">
         <x:s v="GB01"/>
         <x:s v="FR"/>
         <x:s v="DE"/>
         <x:s v="IT"/>
         <x:s v="ES"/>
         <x:s v="CZ"/>
         <x:s v="HU"/>
         <x:s v="LV"/>
         <x:s v="LT"/>
         <x:s v="PL"/>
         <x:s v="SK"/>
         <x:s v="RO"/>
         <x:s v="NG"/>
         <x:s v="ZA"/>
         <x:s v="IN"/>
         <x:s v="PH"/>
         <x:s v="CN"/>
         <x:s v="PK"/>
         <x:s v="US"/>
         <x:s v="BR"/>
         <x:s v="-"/>
@@ -10677,27 +10466,3388 @@
         <x:n v="2098"/>
         <x:n v="1568"/>
         <x:n v="183576"/>
         <x:n v="69776"/>
         <x:n v="93984"/>
         <x:n v="19816"/>
         <x:n v="332680"/>
         <x:n v="170843"/>
         <x:n v="130642"/>
         <x:n v="31195"/>
         <x:n v="244648"/>
         <x:n v="105644"/>
         <x:n v="114376"/>
         <x:n v="24628"/>
         <x:n v="448803"/>
         <x:n v="249449"/>
         <x:n v="163832"/>
         <x:n v="35522"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="77526"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="20748"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="54397"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="109221"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="37241"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="68829"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="80666"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="22991"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="55386"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="108756"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="38167"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="67546"/>
+  </r>
+  <r>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="6772"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="8671"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="7456"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="9388"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="7406"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="9860"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="4124"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="4242"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="8253"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="10834"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="5906"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="5583"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="7431"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="4565"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="5213"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3158"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="5384"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="5818"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="13091"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="8004"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="9355"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="20361"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="12570"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="9097"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="5707"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="24351"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="17870"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15086"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="9154"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="36326"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="25546"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="7109"/>
+  </r>
+  <r>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="22977"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="16795"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="62168"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="51512"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="5630"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="49180"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="35005"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="10236"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="121373"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="96278"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="19022"/>
+  </r>
+  <r>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="6073"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="7942"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="5485"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="6536"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="7556"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="4109"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="7274"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="17083"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="9783"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="7222"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="5715"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="15361"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="12332"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="8359"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="6416"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="16704"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="13041"/>
+  </r>
+  <r>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3067"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="6936"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="16810"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="11172"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="4864"/>
+  </r>
+  <r>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="9197"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="5846"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2827"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="5231"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="6627"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="10889"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="7040"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="10660"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="6160"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="6536"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="8486"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="11637"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="8205"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="7970"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="5744"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="10291"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="7043"/>
+  </r>
+  <r>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="8521"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="183576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="69776"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="93984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="19816"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="332680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="170843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="130642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="31195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="244648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C2"/>
+    <s v="Private households with listed nationality only"/>
+    <s v="Number"/>
+    <n v="105644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C3"/>
+    <s v="Private households with listed nationality with Irish"/>
+    <s v="Number"/>
+    <n v="114376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C4"/>
+    <s v="Private households with listed nationality with other nationality"/>
+    <s v="Number"/>
+    <n v="24628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C5"/>
+    <s v="Persons with the listed nationality in private households"/>
+    <s v="Number"/>
+    <n v="448803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C6"/>
+    <s v="Persons with the listed nationality only in private households"/>
+    <s v="Number"/>
+    <n v="249449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C7"/>
+    <s v="Persons with the listed nationality with Irish in private households"/>
+    <s v="Number"/>
+    <n v="163832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD633C8"/>
+    <s v="Persons with the listed nationality with other nationality in private households"/>
+    <s v="Number"/>
+    <n v="35522"/>
+  </r>
+</pivotCacheRecords>
 </file>