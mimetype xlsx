--- v1 (2026-02-03)
+++ v2 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5ffafb017b46a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1f2d3e9237c485bb63882b2d66b029f.psmdcp" Id="R8e9a1fd4bb09412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b48acdfdd9e42ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fba402ee0ed547a5832fd756581366cd.psmdcp" Id="R6923697646174c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>