--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6649754a72f4fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed0f9727be914a58b8dc9a8837fe8dfd.psmdcp" Id="R37019ddb85674a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e08712a6d014d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a39377eaaec4843852f0f76c6f41d08.psmdcp" Id="R42136001c8ad4800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD632</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Usually Resident and Present in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD632/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -608,50 +608,53 @@
   <x:si>
     <x:t>Nationality unknown</x:t>
   </x:si>
   <x:si>
     <x:t>All nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>One person</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Husband and wife</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Cohabiting couple</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>06</x:t>
   </x:si>
   <x:si>
     <x:t>Husband and wife with children</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>Cohabiting couple with children</x:t>
   </x:si>
   <x:si>
     <x:t>08</x:t>
   </x:si>
   <x:si>
     <x:t>Lone mother with children</x:t>
   </x:si>
   <x:si>
     <x:t>09</x:t>
   </x:si>
   <x:si>
     <x:t>Lone father with children</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
@@ -865,843 +868,284 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...791 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02255V02727" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Composition of Private Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="69">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="69">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1174" totalsRowShown="0">
   <x:autoFilter ref="A1:J1174"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02255V02727"/>
     <x:tableColumn id="4" name="Composition of Private Household"/>
     <x:tableColumn id="5" name="C02537V03240"/>
     <x:tableColumn id="6" name="Nationality of Reference Person"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1972,51 +1416,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD632/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2203,51 +1647,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1174"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="57.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="50.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="31.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10253,50 +9697,53 @@
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:10">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>52</x:v>
@@ -11094,28651 +10541,28759 @@
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J277" s="0">
         <x:v>73111</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:10">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J278" s="0">
         <x:v>458798</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:10">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J279" s="0">
         <x:v>452764</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:10">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J280" s="0">
         <x:v>1511</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:10">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J281" s="0">
         <x:v>1595</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:10">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J282" s="0">
         <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:10">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J283" s="0">
         <x:v>2354</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:10">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I284" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J284" s="0">
         <x:v>59606</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:10">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J285" s="0">
         <x:v>39219</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:10">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I286" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J286" s="0">
         <x:v>14407</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:10">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J287" s="0">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:10">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J288" s="0">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:10">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:10">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J290" s="0">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:10">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J291" s="0">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:10">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J292" s="0">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:10">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J293" s="0">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:10">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J294" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:10">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J295" s="0">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:10">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I296" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J296" s="0">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:10">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J297" s="0">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:10">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I298" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J298" s="0">
         <x:v>1284</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:10">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J299" s="0">
         <x:v>3228</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:10">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I300" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J300" s="0">
         <x:v>12767</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:10">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:10">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J302" s="0">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:10">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J303" s="0">
         <x:v>1989</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:10">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J304" s="0">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:10">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I305" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J305" s="0">
         <x:v>2262</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:10">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J306" s="0">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:10">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J307" s="0">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:10">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J308" s="0">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:10">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J309" s="0">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:10">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I310" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J310" s="0">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:10">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J311" s="0">
         <x:v>6185</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:10">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I312" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J312" s="0">
         <x:v>3279</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:10">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J313" s="0">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:10">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J314" s="0">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:10">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J315" s="0">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:10">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J316" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:10">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J317" s="0">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:10">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J318" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:10">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J319" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:10">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J320" s="0">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:10">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J321" s="0">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:10">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J322" s="0">
         <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J323" s="0">
         <x:v>8965</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J324" s="0">
         <x:v>3628</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:10">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J325" s="0">
         <x:v>1874</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:10">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J326" s="0">
         <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:10">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J327" s="0">
         <x:v>989</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:10">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J328" s="0">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:10">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J329" s="0">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:10">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J330" s="0">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:10">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J331" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:10">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J332" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:10">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J333" s="0">
         <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:10">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J334" s="0">
         <x:v>1909</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:10">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J335" s="0">
         <x:v>1012</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:10">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J336" s="0">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:10">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J337" s="0">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:10">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J338" s="0">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:10">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J339" s="0">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:10">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J340" s="0">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:10">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J341" s="0">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:10">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J342" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:10">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J343" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:10">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J344" s="0">
         <x:v>1890</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:10">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J345" s="0">
         <x:v>2593</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:10">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J346" s="0">
         <x:v>522959</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:10">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J347" s="0">
         <x:v>44665</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:10">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J348" s="0">
         <x:v>44215</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:10">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J349" s="0">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:10">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J350" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:10">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J351" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:10">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J352" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:10">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>9925</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:10">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J354" s="0">
         <x:v>8740</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:10">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J355" s="0">
         <x:v>2476</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:10">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J356" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:10">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J357" s="0">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:10">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J358" s="0">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:10">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J359" s="0">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:10">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J360" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:10">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J361" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:10">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J362" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:10">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J363" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:10">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J364" s="0">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:10">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J365" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:10">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J366" s="0">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:10">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J367" s="0">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:10">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J368" s="0">
         <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:10">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J369" s="0">
         <x:v>2746</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:10">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J370" s="0">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:10">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J371" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:10">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J372" s="0">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:10">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J373" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:10">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J374" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:10">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J375" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:10">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J376" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:10">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J377" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:10">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J378" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:10">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J379" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:10">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J380" s="0">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:10">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J381" s="0">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:10">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J382" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:10">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J383" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:10">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J384" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:10">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J385" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:10">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J386" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:10">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J387" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:10">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J388" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:10">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J389" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:10">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J390" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:10">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J391" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:10">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J392" s="0">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:10">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J393" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:10">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J394" s="0">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:10">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J395" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:10">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J396" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:10">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:10">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J398" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:10">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J399" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:10">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J400" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="401" spans="1:10">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J401" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:10">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J402" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:10">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J403" s="0">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:10">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J404" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:10">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J405" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:10">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J406" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:10">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J407" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:10">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J408" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:10">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J409" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:10">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J410" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:10">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J411" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:10">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J412" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:10">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J413" s="0">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:10">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J414" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:10">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J415" s="0">
         <x:v>54911</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:10">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J416" s="0">
         <x:v>136472</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:10">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J417" s="0">
         <x:v>135047</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:10">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J418" s="0">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:10">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J419" s="0">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:10">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J420" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:10">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J421" s="0">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:10">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J422" s="0">
         <x:v>15919</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:10">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J423" s="0">
         <x:v>10636</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:10">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J424" s="0">
         <x:v>4916</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:10">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J425" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:10">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J426" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:10">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J427" s="0">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:10">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J428" s="0">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:10">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J429" s="0">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:10">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J430" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:10">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J431" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:10">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J432" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:10">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J433" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:10">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J434" s="0">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:10">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J435" s="0">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:10">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J436" s="0">
         <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:10">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J437" s="0">
         <x:v>1097</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:10">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J438" s="0">
         <x:v>1756</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:10">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J439" s="0">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:10">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J440" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:10">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J441" s="0">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:10">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J442" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:10">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J443" s="0">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:10">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J444" s="0">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:10">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J445" s="0">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:10">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J446" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:10">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J447" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:10">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J448" s="0">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:10">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J449" s="0">
         <x:v>3399</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:10">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J450" s="0">
         <x:v>2076</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:10">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J451" s="0">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:10">
       <x:c r="A452" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J452" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:10">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J453" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:10">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J454" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:10">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J455" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:10">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J456" s="0">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:10">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J457" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:10">
       <x:c r="A458" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J458" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:10">
       <x:c r="A459" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J459" s="0">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:10">
       <x:c r="A460" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J460" s="0">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:10">
       <x:c r="A461" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J461" s="0">
         <x:v>707</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:10">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J462" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:10">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J463" s="0">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:10">
       <x:c r="A464" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J464" s="0">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:10">
       <x:c r="A465" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J465" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:10">
       <x:c r="A466" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J466" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:10">
       <x:c r="A467" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J467" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:10">
       <x:c r="A468" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J468" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:10">
       <x:c r="A469" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J469" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:10">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J470" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:10">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J471" s="0">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:10">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J472" s="0">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:10">
       <x:c r="A473" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J473" s="0">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:10">
       <x:c r="A474" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J474" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:10">
       <x:c r="A475" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J475" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:10">
       <x:c r="A476" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J476" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:10">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J477" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:10">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J478" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:10">
       <x:c r="A479" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J479" s="0">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:10">
       <x:c r="A480" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J480" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:10">
       <x:c r="A481" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J481" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:10">
       <x:c r="A482" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J482" s="0">
         <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:10">
       <x:c r="A483" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J483" s="0">
         <x:v>1768</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:10">
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J484" s="0">
         <x:v>155264</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:10">
       <x:c r="A485" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J485" s="0">
         <x:v>22018</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:10">
       <x:c r="A486" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J486" s="0">
         <x:v>21836</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:10">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J487" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:10">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J488" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:10">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J489" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:10">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J490" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:10">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J491" s="0">
         <x:v>1701</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:10">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J492" s="0">
         <x:v>1250</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:10">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J493" s="0">
         <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:10">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J494" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:10">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J495" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:10">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J496" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:10">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J497" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:10">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J498" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:10">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J499" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:10">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J500" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:10">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J501" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:10">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J502" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:10">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J503" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:10">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J504" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:10">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:10">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J506" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:10">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J507" s="0">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:10">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J508" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:10">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J509" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:10">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J510" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:10">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J511" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:10">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J512" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:10">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J513" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:10">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J514" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:10">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J515" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:10">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J516" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:10">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J517" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:10">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J518" s="0">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:10">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J519" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:10">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J520" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:10">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J521" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:10">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J522" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:10">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J523" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:10">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J524" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:10">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J525" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:10">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J526" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:10">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J527" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:10">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J528" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:10">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J529" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:10">
       <x:c r="A530" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J530" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:10">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J531" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:10">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J532" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:10">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J533" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:10">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J534" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:10">
       <x:c r="A535" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J535" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:10">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J536" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:10">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J537" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:10">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J538" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:10">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J539" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="540" spans="1:10">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J540" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:10">
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J541" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:10">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J542" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:10">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J543" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:10">
       <x:c r="A544" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J544" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:10">
       <x:c r="A545" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J545" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:10">
       <x:c r="A546" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H546" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J546" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:10">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J547" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:10">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J548" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:10">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J549" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:10">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J550" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:10">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J551" s="0">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:10">
       <x:c r="A552" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H552" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J552" s="0">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:10">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J553" s="0">
         <x:v>24497</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:10">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J554" s="0">
         <x:v>9031</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:10">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J555" s="0">
         <x:v>8898</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:10">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J556" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:10">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I557" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J557" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:10">
       <x:c r="A558" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H558" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I558" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J558" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:10">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J559" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:10">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J560" s="0">
         <x:v>3845</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:10">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J561" s="0">
         <x:v>2695</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:10">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I562" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J562" s="0">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:10">
       <x:c r="A563" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I563" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J563" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:10">
       <x:c r="A564" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I564" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J564" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:10">
       <x:c r="A565" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I565" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J565" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:10">
       <x:c r="A566" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H566" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I566" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J566" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:10">
       <x:c r="A567" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I567" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J567" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:10">
       <x:c r="A568" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J568" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:10">
       <x:c r="A569" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I569" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J569" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:10">
       <x:c r="A570" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H570" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I570" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J570" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:10">
       <x:c r="A571" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I571" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J571" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:10">
       <x:c r="A572" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J572" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:10">
       <x:c r="A573" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I573" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J573" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:10">
       <x:c r="A574" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J574" s="0">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:10">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J575" s="0">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:10">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J576" s="0">
         <x:v>1257</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:10">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J577" s="0">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:10">
       <x:c r="A578" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J578" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:10">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J579" s="0">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:10">
       <x:c r="A580" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J580" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:10">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J581" s="0">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:10">
       <x:c r="A582" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I582" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J582" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:10">
       <x:c r="A583" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J583" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:10">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J584" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:10">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J585" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:10">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J586" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:10">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I587" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J587" s="0">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:10">
       <x:c r="A588" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J588" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:10">
       <x:c r="A589" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J589" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:10">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I590" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J590" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:10">
       <x:c r="A591" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J591" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:10">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H592" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I592" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J592" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="593" spans="1:10">
       <x:c r="A593" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I593" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J593" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:10">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H594" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I594" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J594" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:10">
       <x:c r="A595" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J595" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="596" spans="1:10">
       <x:c r="A596" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J596" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:10">
       <x:c r="A597" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J597" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:10">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I598" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J598" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:10">
       <x:c r="A599" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I599" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J599" s="0">
         <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:10">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H600" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I600" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J600" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:10">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J601" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:10">
       <x:c r="A602" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H602" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I602" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J602" s="0">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:10">
       <x:c r="A603" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I603" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J603" s="0">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:10">
       <x:c r="A604" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J604" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:10">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I605" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J605" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:10">
       <x:c r="A606" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J606" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:10">
       <x:c r="A607" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I607" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J607" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:10">
       <x:c r="A608" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H608" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J608" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:10">
       <x:c r="A609" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I609" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J609" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:10">
       <x:c r="A610" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H610" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I610" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J610" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:10">
       <x:c r="A611" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I611" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J611" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:10">
       <x:c r="A612" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H612" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I612" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J612" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:10">
       <x:c r="A613" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J613" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:10">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H614" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J614" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:10">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J615" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:10">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J616" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:10">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I617" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J617" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:10">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J618" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:10">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I619" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J619" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:10">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J620" s="0">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:10">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J621" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:10">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H622" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I622" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J622" s="0">
         <x:v>13095</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:10">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I623" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J623" s="0">
         <x:v>19531</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:10">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I624" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J624" s="0">
         <x:v>19222</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:10">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J625" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:10">
       <x:c r="A626" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J626" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:10">
       <x:c r="A627" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J627" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:10">
       <x:c r="A628" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J628" s="0">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:10">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J629" s="0">
         <x:v>6397</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:10">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J630" s="0">
         <x:v>4580</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:10">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J631" s="0">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:10">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J632" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:10">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J633" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:10">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J634" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:10">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J635" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:10">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J636" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:10">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J637" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:10">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J638" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:10">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J639" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:10">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J640" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:10">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J641" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:10">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J642" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:10">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J643" s="0">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:10">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J644" s="0">
         <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:10">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J645" s="0">
         <x:v>2024</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:10">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J646" s="0">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:10">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J647" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:10">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J648" s="0">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:10">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J649" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:10">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J650" s="0">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:10">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J651" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:10">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J652" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:10">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J653" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:10">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J654" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:10">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J655" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:10">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J656" s="0">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:10">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J657" s="0">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:10">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J658" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:10">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J659" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:10">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J660" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:10">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J661" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="662" spans="1:10">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J662" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:10">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J663" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:10">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J664" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:10">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J665" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:10">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J666" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:10">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J667" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:10">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J668" s="0">
         <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:10">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J669" s="0">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:10">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J670" s="0">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:10">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J671" s="0">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:10">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J672" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:10">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J673" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:10">
       <x:c r="A674" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H674" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I674" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J674" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:10">
       <x:c r="A675" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I675" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J675" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:10">
       <x:c r="A676" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H676" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I676" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J676" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:10">
       <x:c r="A677" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I677" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J677" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:10">
       <x:c r="A678" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H678" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I678" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J678" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:10">
       <x:c r="A679" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I679" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J679" s="0">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:10">
       <x:c r="A680" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H680" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J680" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:10">
       <x:c r="A681" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I681" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J681" s="0">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:10">
       <x:c r="A682" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H682" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I682" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J682" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:10">
       <x:c r="A683" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I683" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J683" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:10">
       <x:c r="A684" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H684" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I684" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J684" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:10">
       <x:c r="A685" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I685" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J685" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:10">
       <x:c r="A686" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H686" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I686" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J686" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:10">
       <x:c r="A687" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H687" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I687" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J687" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:10">
       <x:c r="A688" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H688" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I688" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J688" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:10">
       <x:c r="A689" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H689" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I689" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J689" s="0">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:10">
       <x:c r="A690" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H690" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I690" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J690" s="0">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:10">
       <x:c r="A691" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H691" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I691" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J691" s="0">
         <x:v>26226</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:10">
       <x:c r="A692" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H692" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I692" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J692" s="0">
         <x:v>4890</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:10">
       <x:c r="A693" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H693" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I693" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J693" s="0">
         <x:v>4790</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:10">
       <x:c r="A694" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H694" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I694" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J694" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:10">
       <x:c r="A695" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I695" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J695" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:10">
       <x:c r="A696" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H696" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I696" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J696" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:10">
       <x:c r="A697" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H697" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I697" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J697" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:10">
       <x:c r="A698" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H698" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I698" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J698" s="0">
         <x:v>3664</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:10">
       <x:c r="A699" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H699" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I699" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J699" s="0">
         <x:v>3116</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:10">
       <x:c r="A700" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H700" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I700" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J700" s="0">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:10">
       <x:c r="A701" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H701" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I701" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J701" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:10">
       <x:c r="A702" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H702" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I702" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J702" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:10">
       <x:c r="A703" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I703" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J703" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:10">
       <x:c r="A704" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H704" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I704" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J704" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:10">
       <x:c r="A705" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I705" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J705" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:10">
       <x:c r="A706" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H706" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I706" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J706" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:10">
       <x:c r="A707" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I707" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J707" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:10">
       <x:c r="A708" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H708" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I708" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J708" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:10">
       <x:c r="A709" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H709" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I709" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J709" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:10">
       <x:c r="A710" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H710" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I710" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J710" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:10">
       <x:c r="A711" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H711" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I711" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J711" s="0">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:10">
       <x:c r="A712" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H712" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I712" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J712" s="0">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:10">
       <x:c r="A713" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I713" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J713" s="0">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:10">
       <x:c r="A714" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H714" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I714" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J714" s="0">
         <x:v>1327</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:10">
       <x:c r="A715" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H715" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I715" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J715" s="0">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:10">
       <x:c r="A716" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H716" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I716" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J716" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:10">
       <x:c r="A717" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H717" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I717" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J717" s="0">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:10">
       <x:c r="A718" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H718" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I718" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J718" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:10">
       <x:c r="A719" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I719" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J719" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:10">
       <x:c r="A720" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H720" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I720" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J720" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:10">
       <x:c r="A721" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I721" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J721" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:10">
       <x:c r="A722" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H722" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I722" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J722" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:10">
       <x:c r="A723" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I723" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J723" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:10">
       <x:c r="A724" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H724" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I724" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J724" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:10">
       <x:c r="A725" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I725" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J725" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:10">
       <x:c r="A726" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H726" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I726" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J726" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:10">
       <x:c r="A727" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H727" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I727" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J727" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:10">
       <x:c r="A728" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H728" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I728" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J728" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:10">
       <x:c r="A729" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H729" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I729" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J729" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="730" spans="1:10">
       <x:c r="A730" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H730" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I730" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J730" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:10">
       <x:c r="A731" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H731" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I731" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J731" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="732" spans="1:10">
       <x:c r="A732" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H732" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I732" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J732" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="733" spans="1:10">
       <x:c r="A733" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I733" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J733" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="734" spans="1:10">
       <x:c r="A734" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H734" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I734" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J734" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:10">
       <x:c r="A735" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H735" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I735" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J735" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:10">
       <x:c r="A736" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H736" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I736" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J736" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:10">
       <x:c r="A737" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H737" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I737" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J737" s="0">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:10">
       <x:c r="A738" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H738" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I738" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J738" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:10">
       <x:c r="A739" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I739" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J739" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:10">
       <x:c r="A740" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H740" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I740" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J740" s="0">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:10">
       <x:c r="A741" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H741" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I741" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J741" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:10">
       <x:c r="A742" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H742" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I742" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J742" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:10">
       <x:c r="A743" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I743" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J743" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:10">
       <x:c r="A744" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H744" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I744" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J744" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="745" spans="1:10">
       <x:c r="A745" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I745" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J745" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="746" spans="1:10">
       <x:c r="A746" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H746" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I746" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J746" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:10">
       <x:c r="A747" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H747" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I747" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J747" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:10">
       <x:c r="A748" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H748" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I748" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J748" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:10">
       <x:c r="A749" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I749" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J749" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:10">
       <x:c r="A750" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H750" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I750" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J750" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:10">
       <x:c r="A751" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H751" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I751" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J751" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:10">
       <x:c r="A752" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H752" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I752" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J752" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:10">
       <x:c r="A753" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H753" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I753" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J753" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:10">
       <x:c r="A754" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H754" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I754" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J754" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:10">
       <x:c r="A755" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I755" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J755" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:10">
       <x:c r="A756" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H756" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I756" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J756" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:10">
       <x:c r="A757" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H757" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I757" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J757" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:10">
       <x:c r="A758" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H758" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I758" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J758" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:10">
       <x:c r="A759" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I759" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J759" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:10">
       <x:c r="A760" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H760" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I760" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J760" s="0">
         <x:v>8602</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:10">
       <x:c r="A761" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H761" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I761" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J761" s="0">
         <x:v>2614</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:10">
       <x:c r="A762" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H762" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I762" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J762" s="0">
         <x:v>2573</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:10">
       <x:c r="A763" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H763" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I763" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J763" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:10">
       <x:c r="A764" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H764" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I764" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J764" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:10">
       <x:c r="A765" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H765" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I765" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J765" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:10">
       <x:c r="A766" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H766" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I766" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J766" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:10">
       <x:c r="A767" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H767" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I767" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J767" s="0">
         <x:v>1590</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:10">
       <x:c r="A768" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H768" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I768" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J768" s="0">
         <x:v>1392</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:10">
       <x:c r="A769" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H769" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I769" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J769" s="0">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:10">
       <x:c r="A770" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H770" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I770" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J770" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="771" spans="1:10">
       <x:c r="A771" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H771" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I771" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J771" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:10">
       <x:c r="A772" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H772" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I772" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J772" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:10">
       <x:c r="A773" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H773" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I773" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J773" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:10">
       <x:c r="A774" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H774" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I774" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J774" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:10">
       <x:c r="A775" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H775" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I775" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J775" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:10">
       <x:c r="A776" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H776" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I776" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J776" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:10">
       <x:c r="A777" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H777" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I777" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J777" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:10">
       <x:c r="A778" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H778" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I778" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J778" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:10">
       <x:c r="A779" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H779" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I779" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J779" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:10">
       <x:c r="A780" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H780" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I780" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J780" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:10">
       <x:c r="A781" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H781" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I781" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J781" s="0">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:10">
       <x:c r="A782" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H782" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I782" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J782" s="0">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:10">
       <x:c r="A783" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H783" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I783" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J783" s="0">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:10">
       <x:c r="A784" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H784" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I784" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J784" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:10">
       <x:c r="A785" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H785" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I785" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J785" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:10">
       <x:c r="A786" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H786" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I786" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J786" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:10">
       <x:c r="A787" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H787" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I787" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J787" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:10">
       <x:c r="A788" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H788" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I788" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J788" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:10">
       <x:c r="A789" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H789" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I789" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J789" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:10">
       <x:c r="A790" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H790" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I790" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J790" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:10">
       <x:c r="A791" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H791" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I791" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J791" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:10">
       <x:c r="A792" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H792" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I792" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J792" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="793" spans="1:10">
       <x:c r="A793" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:10">
       <x:c r="A794" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H794" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I794" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J794" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:10">
       <x:c r="A795" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H795" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I795" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J795" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:10">
       <x:c r="A796" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H796" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I796" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J796" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:10">
       <x:c r="A797" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H797" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I797" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J797" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:10">
       <x:c r="A798" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H798" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I798" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J798" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:10">
       <x:c r="A799" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H799" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I799" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J799" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:10">
       <x:c r="A800" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H800" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I800" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J800" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="801" spans="1:10">
       <x:c r="A801" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H801" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I801" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J801" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:10">
       <x:c r="A802" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H802" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I802" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J802" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:10">
       <x:c r="A803" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H803" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I803" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J803" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="804" spans="1:10">
       <x:c r="A804" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H804" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I804" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J804" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:10">
       <x:c r="A805" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H805" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I805" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J805" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:10">
       <x:c r="A806" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H806" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I806" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J806" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:10">
       <x:c r="A807" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H807" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I807" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J807" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:10">
       <x:c r="A808" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H808" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I808" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J808" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:10">
       <x:c r="A809" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H809" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I809" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J809" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:10">
       <x:c r="A810" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H810" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I810" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J810" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:10">
       <x:c r="A811" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H811" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I811" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J811" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:10">
       <x:c r="A812" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H812" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I812" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J812" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="813" spans="1:10">
       <x:c r="A813" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H813" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I813" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J813" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="814" spans="1:10">
       <x:c r="A814" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H814" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I814" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J814" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="815" spans="1:10">
       <x:c r="A815" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H815" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I815" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J815" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:10">
       <x:c r="A816" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H816" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I816" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J816" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:10">
       <x:c r="A817" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H817" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I817" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J817" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:10">
       <x:c r="A818" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H818" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I818" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J818" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="819" spans="1:10">
       <x:c r="A819" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H819" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I819" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J819" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:10">
       <x:c r="A820" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H820" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I820" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J820" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="821" spans="1:10">
       <x:c r="A821" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F821" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H821" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I821" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J821" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:10">
       <x:c r="A822" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E822" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F822" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H822" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I822" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J822" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:10">
       <x:c r="A823" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F823" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H823" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I823" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J823" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:10">
       <x:c r="A824" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H824" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I824" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J824" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:10">
       <x:c r="A825" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H825" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I825" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J825" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:10">
       <x:c r="A826" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H826" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I826" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J826" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:10">
       <x:c r="A827" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F827" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H827" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I827" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J827" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:10">
       <x:c r="A828" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F828" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H828" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I828" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J828" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:10">
       <x:c r="A829" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F829" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H829" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I829" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J829" s="0">
         <x:v>4233</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:10">
       <x:c r="A830" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H830" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I830" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J830" s="0">
         <x:v>11944</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:10">
       <x:c r="A831" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H831" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I831" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J831" s="0">
         <x:v>11812</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:10">
       <x:c r="A832" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H832" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I832" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J832" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:10">
       <x:c r="A833" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H833" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I833" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J833" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:10">
       <x:c r="A834" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H834" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I834" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J834" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:10">
       <x:c r="A835" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H835" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I835" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J835" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:10">
       <x:c r="A836" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H836" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I836" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J836" s="0">
         <x:v>2917</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:10">
       <x:c r="A837" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H837" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I837" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J837" s="0">
         <x:v>2265</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:10">
       <x:c r="A838" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H838" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I838" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J838" s="0">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:10">
       <x:c r="A839" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H839" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I839" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J839" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:10">
       <x:c r="A840" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H840" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I840" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J840" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:10">
       <x:c r="A841" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H841" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I841" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J841" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:10">
       <x:c r="A842" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H842" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I842" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J842" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:10">
       <x:c r="A843" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H843" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I843" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J843" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:10">
       <x:c r="A844" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H844" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I844" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J844" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:10">
       <x:c r="A845" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H845" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I845" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J845" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:10">
       <x:c r="A846" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H846" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I846" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J846" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:10">
       <x:c r="A847" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H847" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I847" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J847" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:10">
       <x:c r="A848" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H848" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I848" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J848" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:10">
       <x:c r="A849" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H849" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I849" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J849" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:10">
       <x:c r="A850" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H850" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I850" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J850" s="0">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:10">
       <x:c r="A851" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H851" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I851" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J851" s="0">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:10">
       <x:c r="A852" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H852" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I852" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J852" s="0">
         <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:10">
       <x:c r="A853" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H853" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I853" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J853" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:10">
       <x:c r="A854" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H854" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I854" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J854" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:10">
       <x:c r="A855" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H855" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I855" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J855" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:10">
       <x:c r="A856" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H856" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I856" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J856" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:10">
       <x:c r="A857" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H857" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I857" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J857" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:10">
       <x:c r="A858" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H858" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I858" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J858" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:10">
       <x:c r="A859" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H859" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I859" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J859" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:10">
       <x:c r="A860" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H860" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I860" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J860" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:10">
       <x:c r="A861" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F861" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H861" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I861" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J861" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="862" spans="1:10">
       <x:c r="A862" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F862" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H862" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I862" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J862" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:10">
       <x:c r="A863" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F863" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H863" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I863" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J863" s="0">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:10">
       <x:c r="A864" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H864" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I864" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J864" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:10">
       <x:c r="A865" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I865" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J865" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:10">
       <x:c r="A866" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F866" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H866" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I866" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J866" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:10">
       <x:c r="A867" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F867" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G867" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H867" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I867" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J867" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:10">
       <x:c r="A868" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F868" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H868" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I868" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J868" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:10">
       <x:c r="A869" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H869" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I869" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J869" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="870" spans="1:10">
       <x:c r="A870" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H870" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I870" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J870" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:10">
       <x:c r="A871" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H871" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I871" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J871" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:10">
       <x:c r="A872" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F872" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H872" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I872" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J872" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:10">
       <x:c r="A873" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F873" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H873" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I873" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J873" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:10">
       <x:c r="A874" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F874" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H874" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I874" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J874" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:10">
       <x:c r="A875" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F875" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H875" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I875" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J875" s="0">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:10">
       <x:c r="A876" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F876" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H876" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I876" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J876" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:10">
       <x:c r="A877" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F877" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H877" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I877" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J877" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:10">
       <x:c r="A878" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F878" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H878" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I878" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J878" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:10">
       <x:c r="A879" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F879" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H879" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I879" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J879" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:10">
       <x:c r="A880" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F880" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H880" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I880" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J880" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:10">
       <x:c r="A881" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H881" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I881" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J881" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:10">
       <x:c r="A882" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F882" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H882" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I882" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J882" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:10">
       <x:c r="A883" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F883" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H883" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I883" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J883" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:10">
       <x:c r="A884" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F884" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H884" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I884" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J884" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:10">
       <x:c r="A885" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F885" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H885" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I885" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J885" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:10">
       <x:c r="A886" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G886" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H886" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I886" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J886" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:10">
       <x:c r="A887" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H887" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I887" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J887" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:10">
       <x:c r="A888" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H888" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I888" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J888" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:10">
       <x:c r="A889" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H889" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I889" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J889" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:10">
       <x:c r="A890" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F890" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H890" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I890" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J890" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:10">
       <x:c r="A891" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F891" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H891" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I891" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J891" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:10">
       <x:c r="A892" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F892" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H892" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I892" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J892" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:10">
       <x:c r="A893" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F893" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H893" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I893" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J893" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:10">
       <x:c r="A894" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F894" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H894" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I894" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J894" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:10">
       <x:c r="A895" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F895" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H895" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I895" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J895" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:10">
       <x:c r="A896" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F896" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H896" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I896" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J896" s="0">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:10">
       <x:c r="A897" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F897" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H897" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I897" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J897" s="0">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:10">
       <x:c r="A898" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F898" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H898" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I898" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J898" s="0">
         <x:v>15190</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:10">
       <x:c r="A899" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F899" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H899" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I899" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J899" s="0">
         <x:v>2352</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:10">
       <x:c r="A900" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H900" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I900" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J900" s="0">
         <x:v>2325</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:10">
       <x:c r="A901" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H901" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I901" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J901" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:10">
       <x:c r="A902" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F902" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H902" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I902" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J902" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:10">
       <x:c r="A903" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F903" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H903" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I903" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J903" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:10">
       <x:c r="A904" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F904" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H904" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I904" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J904" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:10">
       <x:c r="A905" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F905" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H905" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I905" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J905" s="0">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:10">
       <x:c r="A906" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F906" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H906" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I906" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J906" s="0">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:10">
       <x:c r="A907" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F907" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H907" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I907" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J907" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:10">
       <x:c r="A908" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F908" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H908" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I908" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J908" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:10">
       <x:c r="A909" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F909" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H909" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I909" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J909" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:10">
       <x:c r="A910" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F910" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H910" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I910" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J910" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:10">
       <x:c r="A911" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F911" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H911" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I911" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J911" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:10">
       <x:c r="A912" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F912" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H912" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I912" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J912" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:10">
       <x:c r="A913" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F913" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H913" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I913" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J913" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:10">
       <x:c r="A914" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H914" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I914" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J914" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="915" spans="1:10">
       <x:c r="A915" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H915" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I915" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J915" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:10">
       <x:c r="A916" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H916" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I916" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J916" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:10">
       <x:c r="A917" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H917" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I917" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J917" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:10">
       <x:c r="A918" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H918" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I918" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J918" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:10">
       <x:c r="A919" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H919" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I919" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J919" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:10">
       <x:c r="A920" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H920" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I920" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J920" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:10">
       <x:c r="A921" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H921" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I921" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J921" s="0">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:10">
       <x:c r="A922" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H922" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I922" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J922" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:10">
       <x:c r="A923" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H923" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I923" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J923" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:10">
       <x:c r="A924" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H924" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I924" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J924" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:10">
       <x:c r="A925" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H925" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I925" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J925" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:10">
       <x:c r="A926" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H926" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I926" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J926" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:10">
       <x:c r="A927" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H927" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I927" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J927" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:10">
       <x:c r="A928" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H928" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I928" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J928" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:10">
       <x:c r="A929" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H929" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I929" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J929" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:10">
       <x:c r="A930" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C930" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D930" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E930" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F930" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G930" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H930" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I930" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J930" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="931" spans="1:10">
       <x:c r="A931" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C931" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D931" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E931" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F931" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G931" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H931" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I931" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J931" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:10">
       <x:c r="A932" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C932" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D932" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E932" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F932" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G932" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H932" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I932" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J932" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:10">
       <x:c r="A933" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C933" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D933" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E933" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F933" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G933" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H933" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I933" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J933" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:10">
       <x:c r="A934" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C934" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D934" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E934" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F934" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G934" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H934" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I934" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J934" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:10">
       <x:c r="A935" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C935" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D935" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E935" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F935" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G935" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H935" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I935" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J935" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:10">
       <x:c r="A936" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C936" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D936" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E936" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F936" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G936" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H936" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I936" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J936" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="937" spans="1:10">
       <x:c r="A937" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C937" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D937" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E937" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H937" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I937" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J937" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="938" spans="1:10">
       <x:c r="A938" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C938" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D938" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E938" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F938" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G938" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H938" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I938" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J938" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:10">
       <x:c r="A939" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C939" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D939" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E939" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F939" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G939" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H939" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I939" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J939" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:10">
       <x:c r="A940" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C940" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D940" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E940" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F940" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G940" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H940" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I940" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J940" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:10">
       <x:c r="A941" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C941" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D941" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E941" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F941" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G941" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H941" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I941" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J941" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="942" spans="1:10">
       <x:c r="A942" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C942" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D942" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E942" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F942" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G942" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H942" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I942" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J942" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:10">
       <x:c r="A943" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C943" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D943" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E943" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F943" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G943" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H943" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I943" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J943" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:10">
       <x:c r="A944" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C944" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D944" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E944" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F944" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G944" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H944" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I944" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J944" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:10">
       <x:c r="A945" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C945" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D945" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E945" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F945" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G945" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H945" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I945" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J945" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:10">
       <x:c r="A946" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C946" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D946" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E946" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F946" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G946" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H946" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I946" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J946" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:10">
       <x:c r="A947" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C947" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D947" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E947" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F947" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G947" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H947" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I947" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J947" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:10">
       <x:c r="A948" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C948" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D948" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E948" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F948" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G948" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H948" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I948" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J948" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:10">
       <x:c r="A949" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C949" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D949" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E949" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F949" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G949" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H949" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I949" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J949" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:10">
       <x:c r="A950" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C950" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D950" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E950" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F950" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G950" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H950" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I950" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J950" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:10">
       <x:c r="A951" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C951" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D951" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E951" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F951" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G951" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H951" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I951" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J951" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="952" spans="1:10">
       <x:c r="A952" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C952" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D952" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E952" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F952" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G952" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H952" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I952" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J952" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="953" spans="1:10">
       <x:c r="A953" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C953" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D953" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E953" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F953" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G953" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H953" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I953" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J953" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="954" spans="1:10">
       <x:c r="A954" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C954" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D954" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E954" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F954" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G954" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H954" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I954" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J954" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:10">
       <x:c r="A955" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C955" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D955" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E955" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F955" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G955" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H955" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I955" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J955" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:10">
       <x:c r="A956" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C956" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D956" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E956" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F956" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G956" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H956" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I956" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J956" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:10">
       <x:c r="A957" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C957" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D957" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E957" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F957" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G957" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H957" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I957" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J957" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:10">
       <x:c r="A958" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C958" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D958" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E958" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F958" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G958" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H958" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I958" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J958" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="959" spans="1:10">
       <x:c r="A959" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C959" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D959" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E959" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F959" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G959" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H959" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I959" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J959" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:10">
       <x:c r="A960" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C960" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D960" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E960" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F960" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G960" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H960" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I960" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J960" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:10">
       <x:c r="A961" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C961" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D961" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E961" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F961" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G961" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H961" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I961" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J961" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="962" spans="1:10">
       <x:c r="A962" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C962" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D962" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E962" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F962" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G962" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H962" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I962" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J962" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:10">
       <x:c r="A963" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C963" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D963" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E963" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F963" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G963" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H963" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I963" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J963" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="964" spans="1:10">
       <x:c r="A964" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C964" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D964" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E964" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F964" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G964" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H964" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I964" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J964" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:10">
       <x:c r="A965" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C965" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D965" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E965" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F965" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G965" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H965" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I965" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J965" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:10">
       <x:c r="A966" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C966" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D966" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E966" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F966" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G966" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H966" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I966" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J966" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:10">
       <x:c r="A967" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C967" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D967" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E967" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F967" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G967" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H967" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I967" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J967" s="0">
         <x:v>2986</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:10">
       <x:c r="A968" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C968" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D968" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E968" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F968" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G968" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H968" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I968" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J968" s="0">
         <x:v>15003</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:10">
       <x:c r="A969" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C969" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D969" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E969" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F969" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G969" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H969" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I969" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J969" s="0">
         <x:v>14850</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:10">
       <x:c r="A970" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C970" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D970" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E970" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F970" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G970" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H970" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I970" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J970" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:10">
       <x:c r="A971" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C971" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D971" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E971" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F971" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G971" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H971" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I971" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J971" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:10">
       <x:c r="A972" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C972" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D972" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E972" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F972" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G972" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H972" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I972" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J972" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:10">
       <x:c r="A973" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C973" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D973" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E973" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F973" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G973" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H973" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I973" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J973" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:10">
       <x:c r="A974" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C974" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D974" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E974" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F974" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G974" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H974" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I974" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J974" s="0">
         <x:v>3507</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:10">
       <x:c r="A975" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C975" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D975" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E975" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F975" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G975" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H975" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I975" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J975" s="0">
         <x:v>2628</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:10">
       <x:c r="A976" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C976" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D976" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E976" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F976" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G976" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H976" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I976" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J976" s="0">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:10">
       <x:c r="A977" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C977" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D977" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E977" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F977" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G977" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H977" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I977" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J977" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:10">
       <x:c r="A978" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C978" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D978" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E978" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F978" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G978" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H978" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I978" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J978" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:10">
       <x:c r="A979" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C979" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D979" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E979" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F979" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G979" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H979" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I979" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J979" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:10">
       <x:c r="A980" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C980" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D980" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E980" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F980" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G980" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H980" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I980" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J980" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:10">
       <x:c r="A981" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C981" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D981" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E981" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F981" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G981" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H981" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I981" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J981" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:10">
       <x:c r="A982" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C982" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D982" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E982" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F982" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G982" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H982" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I982" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J982" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:10">
       <x:c r="A983" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C983" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D983" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E983" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F983" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G983" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H983" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I983" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J983" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:10">
       <x:c r="A984" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C984" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D984" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E984" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F984" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G984" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H984" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I984" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J984" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:10">
       <x:c r="A985" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C985" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D985" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E985" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F985" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G985" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H985" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I985" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J985" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:10">
       <x:c r="A986" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C986" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D986" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E986" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F986" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G986" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H986" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I986" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J986" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:10">
       <x:c r="A987" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C987" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D987" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E987" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F987" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G987" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H987" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I987" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J987" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:10">
       <x:c r="A988" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C988" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D988" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E988" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F988" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G988" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H988" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I988" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J988" s="0">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:10">
       <x:c r="A989" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C989" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D989" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E989" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F989" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G989" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H989" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I989" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J989" s="0">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:10">
       <x:c r="A990" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C990" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D990" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E990" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F990" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G990" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H990" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I990" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J990" s="0">
         <x:v>973</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:10">
       <x:c r="A991" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C991" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D991" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E991" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F991" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G991" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H991" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I991" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J991" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:10">
       <x:c r="A992" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C992" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D992" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E992" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F992" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G992" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H992" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I992" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J992" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:10">
       <x:c r="A993" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C993" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D993" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E993" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F993" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G993" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H993" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I993" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J993" s="0">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:10">
       <x:c r="A994" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C994" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D994" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E994" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F994" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G994" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H994" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I994" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J994" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:10">
       <x:c r="A995" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C995" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D995" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E995" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F995" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G995" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H995" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I995" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J995" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:10">
       <x:c r="A996" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C996" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D996" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E996" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F996" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G996" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H996" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I996" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J996" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:10">
       <x:c r="A997" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C997" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D997" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E997" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F997" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G997" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H997" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I997" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J997" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:10">
       <x:c r="A998" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C998" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D998" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E998" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F998" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G998" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H998" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I998" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J998" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:10">
       <x:c r="A999" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C999" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D999" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E999" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F999" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G999" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H999" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I999" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J999" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:10">
       <x:c r="A1000" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1000" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1000" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1000" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F1000" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G1000" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1000" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1000" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1000" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:10">
       <x:c r="A1001" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1001" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1001" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1001" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F1001" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G1001" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1001" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1001" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1001" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:10">
       <x:c r="A1002" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1002" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1002" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1002" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F1002" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G1002" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1002" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1002" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1002" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:10">
       <x:c r="A1003" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1003" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1003" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1003" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F1003" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G1003" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1003" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1003" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1003" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:10">
       <x:c r="A1004" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1004" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1004" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1004" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F1004" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G1004" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1004" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1004" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1004" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:10">
       <x:c r="A1005" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1005" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1005" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1005" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1005" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1005" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1005" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1005" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J1005" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="1006" spans="1:10">
       <x:c r="A1006" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1006" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1006" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1006" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1006" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1006" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1006" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1006" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J1006" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="1007" spans="1:10">
       <x:c r="A1007" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1007" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1007" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1007" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F1007" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G1007" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1007" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1007" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1007" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:10">
       <x:c r="A1008" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1008" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1008" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1008" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F1008" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G1008" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1008" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1008" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1008" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:10">
       <x:c r="A1009" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1009" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1009" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1009" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F1009" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G1009" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1009" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1009" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1009" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:10">
       <x:c r="A1010" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1010" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1010" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1010" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F1010" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G1010" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1010" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1010" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J1010" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
     </x:row>
     <x:row r="1011" spans="1:10">
       <x:c r="A1011" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1011" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1011" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1011" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F1011" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G1011" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1011" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1011" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1011" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:10">
       <x:c r="A1012" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1012" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1012" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1012" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F1012" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G1012" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1012" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1012" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1012" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:10">
       <x:c r="A1013" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1013" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1013" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1013" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F1013" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G1013" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1013" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1013" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1013" s="0">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:10">
       <x:c r="A1014" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1014" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1014" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1014" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F1014" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G1014" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1014" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1014" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1014" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:10">
       <x:c r="A1015" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1015" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1015" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1015" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F1015" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G1015" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1015" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1015" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1015" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:10">
       <x:c r="A1016" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1016" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1016" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1016" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F1016" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G1016" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1016" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1016" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1016" s="0">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:10">
       <x:c r="A1017" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1017" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1017" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1017" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F1017" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G1017" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1017" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1017" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1017" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:10">
       <x:c r="A1018" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1018" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1018" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1018" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F1018" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G1018" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1018" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1018" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1018" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:10">
       <x:c r="A1019" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1019" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1019" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1019" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F1019" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G1019" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1019" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1019" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1019" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:10">
       <x:c r="A1020" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1020" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1020" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1020" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F1020" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G1020" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1020" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1020" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1020" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:10">
       <x:c r="A1021" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1021" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1021" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1021" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F1021" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G1021" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1021" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1021" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1021" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:10">
       <x:c r="A1022" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1022" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1022" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1022" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F1022" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G1022" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1022" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1022" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1022" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:10">
       <x:c r="A1023" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1023" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1023" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1023" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F1023" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G1023" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1023" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1023" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1023" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:10">
       <x:c r="A1024" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1024" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1024" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1024" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F1024" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G1024" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1024" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1024" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1024" s="0">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:10">
       <x:c r="A1025" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1025" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1025" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1025" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F1025" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G1025" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1025" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1025" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1025" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:10">
       <x:c r="A1026" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1026" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1026" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1026" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F1026" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G1026" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1026" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1026" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1026" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:10">
       <x:c r="A1027" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1027" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1027" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1027" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F1027" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G1027" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1027" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1027" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1027" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:10">
       <x:c r="A1028" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1028" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1028" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1028" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F1028" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G1028" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1028" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1028" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1028" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:10">
       <x:c r="A1029" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1029" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1029" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1029" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F1029" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G1029" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1029" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1029" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1029" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:10">
       <x:c r="A1030" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1030" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1030" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1030" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F1030" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G1030" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1030" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1030" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1030" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:10">
       <x:c r="A1031" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1031" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1031" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1031" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F1031" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G1031" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1031" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1031" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1031" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:10">
       <x:c r="A1032" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1032" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1032" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1032" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F1032" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G1032" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1032" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1032" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1032" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:10">
       <x:c r="A1033" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1033" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1033" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1033" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F1033" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G1033" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1033" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1033" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1033" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:10">
       <x:c r="A1034" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1034" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1034" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1034" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F1034" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G1034" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1034" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1034" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1034" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:10">
       <x:c r="A1035" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1035" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1035" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1035" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F1035" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G1035" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1035" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1035" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1035" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:10">
       <x:c r="A1036" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1036" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D1036" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E1036" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F1036" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G1036" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1036" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1036" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1036" s="0">
         <x:v>18769</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:10">
       <x:c r="A1037" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1037" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1037" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1037" s="0">
         <x:v>74331</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:10">
       <x:c r="A1038" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1038" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1038" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1038" s="0">
         <x:v>73337</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:10">
       <x:c r="A1039" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1039" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1039" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1039" s="0">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:10">
       <x:c r="A1040" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1040" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1040" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1040" s="0">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:10">
       <x:c r="A1041" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1041" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1041" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1041" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F1041" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G1041" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1041" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1041" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1041" s="0">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:10">
       <x:c r="A1042" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1042" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1042" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1042" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1042" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1042" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1042" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1042" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1042" s="0">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:10">
       <x:c r="A1043" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1043" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1043" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1043" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F1043" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G1043" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1043" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1043" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1043" s="0">
         <x:v>23745</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:10">
       <x:c r="A1044" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1044" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1044" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1044" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1044" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1044" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1044" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1044" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1044" s="0">
         <x:v>17117</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:10">
       <x:c r="A1045" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1045" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1045" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1045" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F1045" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G1045" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1045" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1045" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1045" s="0">
         <x:v>2135</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:10">
       <x:c r="A1046" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1046" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1046" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1046" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1046" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1046" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1046" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1046" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1046" s="0">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:10">
       <x:c r="A1047" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1047" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1047" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1047" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F1047" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G1047" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1047" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1047" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1047" s="0">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:10">
       <x:c r="A1048" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1048" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1048" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1048" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F1048" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G1048" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1048" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1048" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1048" s="0">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:10">
       <x:c r="A1049" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1049" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1049" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1049" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F1049" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G1049" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1049" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1049" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1049" s="0">
         <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:10">
       <x:c r="A1050" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1050" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1050" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1050" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F1050" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G1050" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1050" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1050" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1050" s="0">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:10">
       <x:c r="A1051" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1051" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1051" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1051" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F1051" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G1051" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1051" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1051" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1051" s="0">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:10">
       <x:c r="A1052" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1052" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1052" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1052" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F1052" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G1052" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1052" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1052" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1052" s="0">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:10">
       <x:c r="A1053" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1053" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1053" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1053" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F1053" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G1053" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1053" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1053" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1053" s="0">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:10">
       <x:c r="A1054" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1054" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1054" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1054" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F1054" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G1054" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1054" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1054" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1054" s="0">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:10">
       <x:c r="A1055" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1055" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1055" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1055" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F1055" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G1055" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1055" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1055" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1055" s="0">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:10">
       <x:c r="A1056" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1056" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1056" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1056" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F1056" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G1056" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1056" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1056" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1056" s="0">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:10">
       <x:c r="A1057" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1057" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1057" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1057" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1057" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1057" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1057" s="0">
         <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:10">
       <x:c r="A1058" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1058" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1058" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1058" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F1058" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G1058" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1058" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1058" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1058" s="0">
         <x:v>1467</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:10">
       <x:c r="A1059" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1059" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1059" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1059" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F1059" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G1059" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1059" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1059" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1059" s="0">
         <x:v>6266</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:10">
       <x:c r="A1060" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1060" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1060" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1060" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F1060" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G1060" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1060" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1060" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1060" s="0">
         <x:v>999</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:10">
       <x:c r="A1061" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1061" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1061" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1061" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F1061" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G1061" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1061" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1061" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1061" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:10">
       <x:c r="A1062" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1062" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1062" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1062" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F1062" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G1062" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1062" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1062" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1062" s="0">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:10">
       <x:c r="A1063" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1063" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1063" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1063" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F1063" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G1063" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1063" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1063" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1063" s="0">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:10">
       <x:c r="A1064" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1064" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1064" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1064" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F1064" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G1064" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1064" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1064" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1064" s="0">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:10">
       <x:c r="A1065" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1065" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1065" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1065" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F1065" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G1065" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1065" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1065" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1065" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:10">
       <x:c r="A1066" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1066" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1066" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1066" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F1066" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G1066" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1066" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1066" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1066" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:10">
       <x:c r="A1067" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1067" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1067" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1067" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F1067" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G1067" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1067" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1067" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1067" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:10">
       <x:c r="A1068" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1068" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1068" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1068" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F1068" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G1068" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1068" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1068" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1068" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:10">
       <x:c r="A1069" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1069" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1069" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1069" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F1069" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G1069" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1069" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1069" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1069" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:10">
       <x:c r="A1070" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1070" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1070" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1070" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F1070" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G1070" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1070" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1070" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1070" s="0">
         <x:v>998</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:10">
       <x:c r="A1071" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1071" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1071" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1071" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F1071" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G1071" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1071" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1071" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1071" s="0">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:10">
       <x:c r="A1072" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1072" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1072" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1072" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F1072" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G1072" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1072" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1072" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1072" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:10">
       <x:c r="A1073" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1073" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1073" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1073" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F1073" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G1073" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1073" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1073" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1073" s="0">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:10">
       <x:c r="A1074" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1074" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1074" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1074" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1074" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1074" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1074" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1074" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1074" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:10">
       <x:c r="A1075" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1075" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1075" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1075" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1075" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1075" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1075" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1075" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1075" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:10">
       <x:c r="A1076" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1076" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1076" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1076" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F1076" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G1076" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1076" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1076" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1076" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:10">
       <x:c r="A1077" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1077" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1077" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1077" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F1077" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G1077" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1077" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1077" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1077" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:10">
       <x:c r="A1078" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1078" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1078" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1078" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F1078" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G1078" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1078" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1078" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1078" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:10">
       <x:c r="A1079" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1079" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1079" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1079" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F1079" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G1079" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1079" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1079" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1079" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:10">
       <x:c r="A1080" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1080" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1080" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1080" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F1080" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G1080" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1080" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1080" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1080" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:10">
       <x:c r="A1081" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1081" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1081" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1081" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F1081" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G1081" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1081" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1081" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1081" s="0">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:10">
       <x:c r="A1082" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1082" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1082" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1082" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F1082" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G1082" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1082" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1082" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1082" s="0">
         <x:v>3335</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:10">
       <x:c r="A1083" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1083" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1083" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1083" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F1083" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G1083" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1083" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1083" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1083" s="0">
         <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:10">
       <x:c r="A1084" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1084" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1084" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1084" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F1084" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G1084" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1084" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1084" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1084" s="0">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:10">
       <x:c r="A1085" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1085" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1085" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1085" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F1085" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G1085" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1085" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1085" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1085" s="0">
         <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:10">
       <x:c r="A1086" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1086" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1086" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1086" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F1086" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G1086" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1086" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1086" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1086" s="0">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:10">
       <x:c r="A1087" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1087" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1087" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1087" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F1087" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G1087" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1087" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1087" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1087" s="0">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:10">
       <x:c r="A1088" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1088" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1088" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1088" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F1088" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G1088" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1088" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1088" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1088" s="0">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:10">
       <x:c r="A1089" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1089" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1089" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1089" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F1089" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G1089" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1089" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1089" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1089" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:10">
       <x:c r="A1090" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1090" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1090" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1090" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F1090" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G1090" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1090" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1090" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1090" s="0">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:10">
       <x:c r="A1091" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1091" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1091" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1091" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F1091" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G1091" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1091" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1091" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1091" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:10">
       <x:c r="A1092" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1092" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1092" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1092" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F1092" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G1092" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1092" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1092" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1092" s="0">
         <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:10">
       <x:c r="A1093" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1093" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1093" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1093" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F1093" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G1093" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1093" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1093" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1093" s="0">
         <x:v>1472</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:10">
       <x:c r="A1094" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1094" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1094" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1094" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F1094" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G1094" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1094" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1094" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1094" s="0">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:10">
       <x:c r="A1095" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1095" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1095" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1095" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F1095" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G1095" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1095" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1095" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1095" s="0">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:10">
       <x:c r="A1096" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1096" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1096" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1096" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F1096" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G1096" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1096" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1096" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1096" s="0">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:10">
       <x:c r="A1097" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1097" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1097" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1097" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F1097" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G1097" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1097" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1097" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1097" s="0">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:10">
       <x:c r="A1098" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1098" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1098" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1098" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F1098" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G1098" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1098" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1098" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1098" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:10">
       <x:c r="A1099" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1099" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1099" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1099" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F1099" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G1099" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1099" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1099" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1099" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:10">
       <x:c r="A1100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1100" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1100" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1100" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F1100" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G1100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1100" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1100" s="0">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:10">
       <x:c r="A1101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1101" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1101" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1101" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F1101" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G1101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1101" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:10">
       <x:c r="A1102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1102" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1102" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1102" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F1102" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G1102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1102" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:10">
       <x:c r="A1103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1103" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1103" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1103" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F1103" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G1103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1103" s="0">
         <x:v>2160</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:10">
       <x:c r="A1104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1104" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1104" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1104" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F1104" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G1104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1104" s="0">
         <x:v>1945</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:10">
       <x:c r="A1105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1105" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D1105" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E1105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F1105" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G1105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1105" s="0">
         <x:v>102219</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:10">
       <x:c r="A1106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1106" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1106" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1106" s="0">
         <x:v>3857445</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:10">
       <x:c r="A1107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1107" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1107" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F1107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G1107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1107" s="0">
         <x:v>3809092</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:10">
       <x:c r="A1108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1108" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1108" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F1108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G1108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1108" s="0">
         <x:v>14361</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:10">
       <x:c r="A1109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1109" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1109" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F1109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G1109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1109" s="0">
         <x:v>12437</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:10">
       <x:c r="A1110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1110" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1110" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1110" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F1110" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G1110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1110" s="0">
         <x:v>5288</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:10">
       <x:c r="A1111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1111" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1111" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1111" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1111" s="0">
         <x:v>16267</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:10">
       <x:c r="A1112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1112" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1112" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1112" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F1112" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G1112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1112" s="0">
         <x:v>596079</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:10">
       <x:c r="A1113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1113" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1113" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1113" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1113" s="0">
         <x:v>421146</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:10">
       <x:c r="A1114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1114" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1114" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1114" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F1114" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G1114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1114" s="0">
         <x:v>135225</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:10">
       <x:c r="A1115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1115" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1115" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1115" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F1115" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G1115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1115" s="0">
         <x:v>1138</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:10">
       <x:c r="A1116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1116" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1116" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1116" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F1116" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G1116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1116" s="0">
         <x:v>9813</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:10">
       <x:c r="A1117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1117" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1117" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F1117" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G1117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1117" s="0">
         <x:v>11288</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:10">
       <x:c r="A1118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1118" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1118" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1118" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F1118" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G1118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1118" s="0">
         <x:v>7847</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:10">
       <x:c r="A1119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1119" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1119" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1119" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F1119" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G1119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1119" s="0">
         <x:v>5104</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:10">
       <x:c r="A1120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1120" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1120" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1120" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F1120" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G1120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1120" s="0">
         <x:v>2839</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:10">
       <x:c r="A1121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1121" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1121" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1121" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F1121" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G1121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1121" s="0">
         <x:v>5467</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:10">
       <x:c r="A1122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1122" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1122" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1122" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F1122" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G1122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1122" s="0">
         <x:v>1625</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:10">
       <x:c r="A1123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1123" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1123" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1123" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F1123" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G1123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1123" s="0">
         <x:v>5688</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:10">
       <x:c r="A1124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1124" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1124" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1124" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F1124" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G1124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1124" s="0">
         <x:v>2638</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:10">
       <x:c r="A1125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1125" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1125" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1125" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F1125" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G1125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1125" s="0">
         <x:v>7975</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:10">
       <x:c r="A1126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1126" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1126" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1126" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F1126" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G1126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1126" s="0">
         <x:v>21375</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:10">
       <x:c r="A1127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1127" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1127" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1127" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F1127" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G1127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1127" s="0">
         <x:v>38877</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:10">
       <x:c r="A1128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1128" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1128" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1128" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F1128" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G1128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1128" s="0">
         <x:v>127727</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:10">
       <x:c r="A1129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1129" s="0">
         <x:v>11106</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:10">
       <x:c r="A1130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1130" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1130" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1130" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F1130" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G1130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1130" s="0">
         <x:v>1846</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:10">
       <x:c r="A1131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1131" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1131" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1131" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F1131" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G1131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1131" s="0">
         <x:v>20288</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:10">
       <x:c r="A1132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1132" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1132" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1132" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F1132" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G1132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1132" s="0">
         <x:v>3280</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:10">
       <x:c r="A1133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1133" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1133" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1133" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F1133" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G1133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1133" s="0">
         <x:v>17439</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:10">
       <x:c r="A1134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1134" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1134" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1134" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F1134" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G1134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1134" s="0">
         <x:v>3599</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:10">
       <x:c r="A1135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1135" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1135" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1135" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F1135" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G1135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1135" s="0">
         <x:v>3792</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:10">
       <x:c r="A1136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1136" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1136" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1136" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F1136" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G1136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1136" s="0">
         <x:v>3647</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:10">
       <x:c r="A1137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1137" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1137" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F1137" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G1137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1137" s="0">
         <x:v>1024</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:10">
       <x:c r="A1138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1138" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1138" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1138" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F1138" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G1138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1138" s="0">
         <x:v>5377</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:10">
       <x:c r="A1139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1139" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1139" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1139" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F1139" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G1139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1139" s="0">
         <x:v>56567</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:10">
       <x:c r="A1140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1140" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1140" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1140" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F1140" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G1140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1140" s="0">
         <x:v>29236</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:10">
       <x:c r="A1141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1141" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1141" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1141" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F1141" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G1141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1141" s="0">
         <x:v>5140</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:10">
       <x:c r="A1142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1142" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1142" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1142" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F1142" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G1142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1142" s="0">
         <x:v>2779</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:10">
       <x:c r="A1143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1143" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1143" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1143" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F1143" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G1143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1143" s="0">
         <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:10">
       <x:c r="A1144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1144" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1144" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1144" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F1144" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G1144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1144" s="0">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:10">
       <x:c r="A1145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1145" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1145" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1145" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F1145" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G1145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1145" s="0">
         <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:10">
       <x:c r="A1146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1146" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1146" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1146" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F1146" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G1146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1146" s="0">
         <x:v>1739</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:10">
       <x:c r="A1147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1147" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1147" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1147" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F1147" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G1147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1147" s="0">
         <x:v>1374</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:10">
       <x:c r="A1148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1148" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1148" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1148" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F1148" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G1148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1148" s="0">
         <x:v>1560</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:10">
       <x:c r="A1149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1149" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1149" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1149" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F1149" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G1149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1149" s="0">
         <x:v>1668</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:10">
       <x:c r="A1150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1150" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1150" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1150" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F1150" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G1150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1150" s="0">
         <x:v>10030</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:10">
       <x:c r="A1151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1151" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1151" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1151" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F1151" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G1151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1151" s="0">
         <x:v>70137</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:10">
       <x:c r="A1152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1152" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1152" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1152" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F1152" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G1152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1152" s="0">
         <x:v>19048</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:10">
       <x:c r="A1153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1153" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1153" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1153" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1153" s="0">
         <x:v>14212</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:10">
       <x:c r="A1154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1154" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1154" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1154" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F1154" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="G1154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1154" s="0">
         <x:v>11357</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:10">
       <x:c r="A1155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1155" s="0">
         <x:v>8178</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:10">
       <x:c r="A1156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1156" s="0">
         <x:v>3618</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:10">
       <x:c r="A1157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1157" s="0">
         <x:v>2679</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:10">
       <x:c r="A1158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1158" s="0">
         <x:v>1161</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:10">
       <x:c r="A1159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1159" s="0">
         <x:v>1051</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:10">
       <x:c r="A1160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1160" s="0">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:10">
       <x:c r="A1161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1161" s="0">
         <x:v>8180</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:10">
       <x:c r="A1162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1162" s="0">
         <x:v>21277</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:10">
       <x:c r="A1163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1163" s="0">
         <x:v>8739</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:10">
       <x:c r="A1164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1164" s="0">
         <x:v>8146</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:10">
       <x:c r="A1165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1165" s="0">
         <x:v>2341</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:10">
       <x:c r="A1166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1166" s="0">
         <x:v>2051</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:10">
       <x:c r="A1167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1167" s="0">
         <x:v>2843</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:10">
       <x:c r="A1168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1168" s="0">
         <x:v>1606</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:10">
       <x:c r="A1169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1169" s="0">
         <x:v>4364</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:10">
       <x:c r="A1170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1170" s="0">
         <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:10">
       <x:c r="A1171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1171" s="0">
         <x:v>934</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:10">
       <x:c r="A1172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1172" s="0">
         <x:v>29287</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:10">
       <x:c r="A1173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1173" s="0">
         <x:v>26664</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:10">
       <x:c r="A1174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I1174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J1174" s="0">
         <x:v>4510409</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39755,51 +39310,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1174" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD632"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Usually Resident and Present in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02255V02727">
       <x:sharedItems count="17">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="13"/>
@@ -40562,27 +40117,14104 @@
         <x:n v="2679"/>
         <x:n v="1161"/>
         <x:n v="1051"/>
         <x:n v="653"/>
         <x:n v="8180"/>
         <x:n v="21277"/>
         <x:n v="8739"/>
         <x:n v="8146"/>
         <x:n v="2341"/>
         <x:n v="2051"/>
         <x:n v="2843"/>
         <x:n v="1606"/>
         <x:n v="4364"/>
         <x:n v="700"/>
         <x:n v="934"/>
         <x:n v="29287"/>
         <x:n v="26664"/>
         <x:n v="4510409"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425719"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1408810"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204855"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150425"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50797"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7027"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12548"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42800"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5969"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15861"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7048"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21665"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5983"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13194"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10074"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654208"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349483"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345490"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34739"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26074"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11962"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3980"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5455"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="02"/>
+    <s v="One person"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215540"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="213336"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22991"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18103"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9211"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="03"/>
+    <s v="Husband and wife"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240146"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59047"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58315"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13776"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12189"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="04"/>
+    <s v="Cohabiting couple"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73111"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458798"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452764"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59606"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39219"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14407"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12767"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8965"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3628"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="06"/>
+    <s v="Husband and wife with children"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="522959"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44665"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44215"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8740"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="07"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136472"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135047"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15919"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10636"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="08"/>
+    <s v="Lone mother with children"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155264"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22018"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21836"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="09"/>
+    <s v="Lone father with children"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8898"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="11"/>
+    <s v="Husband and wife with other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13095"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19531"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19222"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6397"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="12"/>
+    <s v="Husband and wife with children and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26226"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4890"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4790"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="13"/>
+    <s v="Cohabiting couple with other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="18"/>
+    <s v="Cohabiting couple with children and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11812"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="22"/>
+    <s v="Lone mother with children and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15190"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="29"/>
+    <s v="Lone father with children and other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15003"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14850"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="30"/>
+    <s v="Two or more family units with or without other persons"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18769"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74331"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73337"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23745"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17117"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6266"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="44"/>
+    <s v="Non-family households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102219"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3857445"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3809092"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE01"/>
+    <s v="Irish-English"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14361"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE02"/>
+    <s v="Irish-American"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12437"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE03"/>
+    <s v="Irish-European"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5288"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16267"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596079"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="EU27X01"/>
+    <s v="EU27 excluding Irish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421146"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135225"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="BE"/>
+    <s v="Belgian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="FR"/>
+    <s v="French"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="DE"/>
+    <s v="German"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11288"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IT"/>
+    <s v="Italian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7847"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="NL"/>
+    <s v="Dutch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5104"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="PT"/>
+    <s v="Portuguese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ES"/>
+    <s v="Spanish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="SE"/>
+    <s v="Swedish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="CZ"/>
+    <s v="Czech"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="EE"/>
+    <s v="Estonian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="HU"/>
+    <s v="Hungarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="LV"/>
+    <s v="Latvian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21375"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="LT"/>
+    <s v="Lithuanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38877"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="PL"/>
+    <s v="Polish"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127727"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="SK"/>
+    <s v="Slovak"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11106"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="BG"/>
+    <s v="Bulgarian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="RO"/>
+    <s v="Romanian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20288"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OEU2705"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OEUR04"/>
+    <s v="Other European (4)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17439"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="RU"/>
+    <s v="Russian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="MD"/>
+    <s v="Moldovan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="TR"/>
+    <s v="Turk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OEUR07"/>
+    <s v="Other European (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5377"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56567"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="NG"/>
+    <s v="Nigerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29236"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ZA"/>
+    <s v="South African"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="MU"/>
+    <s v="Mauritian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="DZ"/>
+    <s v="Algerian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="CD"/>
+    <s v="Congolese (Congo Republic of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="EG"/>
+    <s v="Egyptian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="GH"/>
+    <s v="Ghanaian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="SO"/>
+    <s v="Somali"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="SD"/>
+    <s v="Sudanese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ZW"/>
+    <s v="Zimbabwean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OAFR03"/>
+    <s v="Other African (3)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10030"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70137"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IN"/>
+    <s v="Indian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19048"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="PH"/>
+    <s v="Filipino"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14212"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="CN"/>
+    <s v="Chinese"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11357"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="PK"/>
+    <s v="Pakistani"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="MY"/>
+    <s v="Malaysian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="BD"/>
+    <s v="Bangladeshi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="IQ"/>
+    <s v="Iraqi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="SA"/>
+    <s v="Saudi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="TH"/>
+    <s v="Thai"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OAS02"/>
+    <s v="Other Asian (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="AM01"/>
+    <s v="American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21277"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="BR"/>
+    <s v="Brazilian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8146"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="CA"/>
+    <s v="Canadian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="OAM01"/>
+    <s v="Other American (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="AU"/>
+    <s v="Australian"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="NZ"/>
+    <s v="New Zealander"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ON15"/>
+    <s v="Other nationalities (15)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4364"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29287"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="ZZ80"/>
+    <s v="Nationality unknown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26664"/>
+  </r>
+  <r>
+    <s v="CD632"/>
+    <s v="Population Usually Resident and Present in Private Households"/>
+    <s v="-1"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4510409"/>
+  </r>
+</pivotCacheRecords>
 </file>