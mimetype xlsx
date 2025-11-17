--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2525216e69324eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c123e5a7d99f400f82262ad63869588b.psmdcp" Id="R8e900e0293204140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1dec1d317b4d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5941b53e90d74a408ecf6ac7241ac325.psmdcp" Id="Ra921501680c8450b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>