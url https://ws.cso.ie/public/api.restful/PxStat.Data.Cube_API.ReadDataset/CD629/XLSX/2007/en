--- v1 (2025-11-17)
+++ v2 (2026-02-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1dec1d317b4d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5941b53e90d74a408ecf6ac7241ac325.psmdcp" Id="Ra921501680c8450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f69c9f24384bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d706500a5717446095117d1e30edb6cf.psmdcp" Id="R5d1d200975bc4fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD629</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD629/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -712,635 +712,232 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...583 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="Field of Study" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="53">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J372" totalsRowShown="0">
   <x:autoFilter ref="A1:J372"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02750V03319"/>
     <x:tableColumn id="6" name="Field of Study"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1611,51 +1208,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD629/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1842,51 +1439,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J372"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="96.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="51.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13780,51 +13377,51 @@
       <x:c r="G372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J372" s="0">
         <x:v>18549</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13841,51 +13438,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J372" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD629"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -14363,27 +13960,4480 @@
         <x:n v="361"/>
         <x:n v="281"/>
         <x:n v="178"/>
         <x:n v="103"/>
         <x:n v="1121"/>
         <x:n v="171"/>
         <x:n v="621"/>
         <x:n v="31"/>
         <x:n v="80"/>
         <x:n v="218"/>
         <x:n v="306"/>
         <x:n v="143"/>
         <x:n v="107"/>
         <x:n v="56"/>
         <x:n v="72"/>
         <x:n v="17"/>
         <x:n v="10326"/>
         <x:n v="18549"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9619"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9395"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10992"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57292"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9413"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3928"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10175"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6126"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4634"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11303"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19759"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7847"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47539"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6495"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4786"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5688"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7376"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10844"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10029"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5739"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26289"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12348"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6086"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19890"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10647"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4327"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134078"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344929"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15146"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25862"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27968"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4066"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4317"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18484"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9172"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10013"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5161"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45846"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135949"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15131"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5709"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14027"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8958"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31814"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91347"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6369"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7795"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2140"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49230"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10592"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23992"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2001"/>
+    <s v="Education and teacher training"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3015"/>
+    <s v="Music and performing arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3020"/>
+    <s v="Audio-visual techniques and media production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3025"/>
+    <s v="Design"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3035"/>
+    <s v="Other arts"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3515"/>
+    <s v="Foreign languages"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3520"/>
+    <s v="Mother tongue"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3530"/>
+    <s v="History and archaeology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="3540"/>
+    <s v="Other humanities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4005"/>
+    <s v="Psychology"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4020"/>
+    <s v="Economics"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4035"/>
+    <s v="Business and administration (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4045"/>
+    <s v="Marketing and advertising"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4055"/>
+    <s v="Accounting and taxation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4060"/>
+    <s v="Management and administration"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4065"/>
+    <s v="Secretarial and office work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4075"/>
+    <s v="Law"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4080"/>
+    <s v="Other social sciences, business and law subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="4085"/>
+    <s v="Science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="5000"/>
+    <s v="Biology and biochemistry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="5045"/>
+    <s v="Computer use"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="5050"/>
+    <s v="Other science, mathematics and computing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="5060"/>
+    <s v="Engineering and engineering trades (broad programmes)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="6000"/>
+    <s v="Mechanics and metalwork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="6001"/>
+    <s v="Electricity and energy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="6015"/>
+    <s v="Motor vehicles, ships and aircraft"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="6045"/>
+    <s v="Architecture and town planning"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="6050"/>
+    <s v="Building and civil engineering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="6055"/>
+    <s v="Other engineering, manufacturing and construction"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="6060"/>
+    <s v="Agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="6070"/>
+    <s v="Crop and livestock production"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="7015"/>
+    <s v="Other agriculture and veterinary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="7020"/>
+    <s v="Health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="8000"/>
+    <s v="Nursing and caring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="8020"/>
+    <s v="Child care and youth services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="8025"/>
+    <s v="Social work and counselling"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="8030"/>
+    <s v="Other health and welfare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="8040"/>
+    <s v="Personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="8050"/>
+    <s v="Hotel, restaurant and catering"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="9005"/>
+    <s v="Hair and beauty services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="9010"/>
+    <s v="Other personal services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="9020"/>
+    <s v="Transport services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="9025"/>
+    <s v="Security services (includes police and fire services)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="9510"/>
+    <s v="Not stated (including unknown)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10326"/>
+  </r>
+  <r>
+    <s v="CD629"/>
+    <s v="Non Irish Nationals Usually Resident and Present Aged 15 Years and Over and Whose Education has Ceased"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="9991"/>
+    <s v="All fields of study"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18549"/>
+  </r>
+</pivotCacheRecords>
 </file>