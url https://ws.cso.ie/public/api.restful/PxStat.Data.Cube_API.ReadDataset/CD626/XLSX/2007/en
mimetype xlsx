--- v0 (2025-11-14)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88cfe80349c645db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2775bb1df414c0aa43d829628ba9583.psmdcp" Id="R11e6be58411a4d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746005a796da4d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bef171df4eb4d1b8f3337965fafb5bf.psmdcp" Id="R645f797ceb3d4990" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD626</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD626/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -284,50 +284,53 @@
   <x:si>
     <x:t>618</x:t>
   </x:si>
   <x:si>
     <x:t>Cohabiting couple with children</x:t>
   </x:si>
   <x:si>
     <x:t>110</x:t>
   </x:si>
   <x:si>
     <x:t>Lone mother with children</x:t>
   </x:si>
   <x:si>
     <x:t>111</x:t>
   </x:si>
   <x:si>
     <x:t>Lone father with children</x:t>
   </x:si>
   <x:si>
     <x:t>112</x:t>
   </x:si>
   <x:si>
     <x:t>All children under 15 years</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>113</x:t>
   </x:si>
   <x:si>
     <x:t>All children aged 15 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>114</x:t>
   </x:si>
   <x:si>
     <x:t>Children both under and over 15 years</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -475,339 +478,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02829V03403" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L281" totalsRowShown="0">
   <x:autoFilter ref="A1:L281"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02258V02730A"/>
     <x:tableColumn id="4" name="Age Group of Child"/>
     <x:tableColumn id="5" name="C02258V02730B"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="C02829V03403"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1080,51 +908,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD626/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1311,51 +1139,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L281"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="35.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -4523,295 +4351,319 @@
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L84" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L85" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L86" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L87" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L88" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L89" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L90" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L91" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>51</x:v>
@@ -4879,295 +4731,319 @@
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L94" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L95" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L96" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L97" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L98" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:12">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L99" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="100" spans="1:12">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L100" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="101" spans="1:12">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L101" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="102" spans="1:12">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>51</x:v>
@@ -6653,5279 +6529,5375 @@
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L141" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L142" s="0">
         <x:v>309175</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L143" s="0">
         <x:v>489021</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L144" s="0">
         <x:v>285342</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L145" s="0">
         <x:v>453940</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L146" s="0">
         <x:v>10386</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L147" s="0">
         <x:v>14114</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L148" s="0">
         <x:v>13107</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L149" s="0">
         <x:v>20536</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L150" s="0">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L151" s="0">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L152" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L153" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L154" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="155" spans="1:12">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L155" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="156" spans="1:12">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L156" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="157" spans="1:12">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L157" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="158" spans="1:12">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L158" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="159" spans="1:12">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L159" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="160" spans="1:12">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L160" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="161" spans="1:12">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L161" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:12">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L162" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L163" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L164" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="165" spans="1:12">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L165" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="166" spans="1:12">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L166" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="167" spans="1:12">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L167" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="168" spans="1:12">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L168" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="169" spans="1:12">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L169" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="170" spans="1:12">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L170" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="171" spans="1:12">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L171" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="172" spans="1:12">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L172" s="0">
         <x:v>201499</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L173" s="0">
         <x:v>337433</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L174" s="0">
         <x:v>187129</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L175" s="0">
         <x:v>315042</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L176" s="0">
         <x:v>5298</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L177" s="0">
         <x:v>7644</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L178" s="0">
         <x:v>8942</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L179" s="0">
         <x:v>14570</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L180" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L181" s="0">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L182" s="0">
         <x:v>5717</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L183" s="0">
         <x:v>8167</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L184" s="0">
         <x:v>4395</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L185" s="0">
         <x:v>6376</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L186" s="0">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L187" s="0">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L188" s="0">
         <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L189" s="0">
         <x:v>1177</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L190" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L191" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L192" s="0">
         <x:v>81206</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L193" s="0">
         <x:v>114895</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L194" s="0">
         <x:v>74644</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L195" s="0">
         <x:v>105952</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L196" s="0">
         <x:v>3689</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L197" s="0">
         <x:v>4769</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L198" s="0">
         <x:v>2726</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L199" s="0">
         <x:v>3990</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L200" s="0">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L201" s="0">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L202" s="0">
         <x:v>20753</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L203" s="0">
         <x:v>28526</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L204" s="0">
         <x:v>19174</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L205" s="0">
         <x:v>26570</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L206" s="0">
         <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L207" s="0">
         <x:v>1095</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J208" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L208" s="0">
         <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L209" s="0">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L210" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L211" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L212" s="0">
         <x:v>119505</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L213" s="0">
         <x:v>365812</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L214" s="0">
         <x:v>101840</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L215" s="0">
         <x:v>312456</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L216" s="0">
         <x:v>5286</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L217" s="0">
         <x:v>14239</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L218" s="0">
         <x:v>12323</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L219" s="0">
         <x:v>38956</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L220" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L221" s="0">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L222" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L223" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J224" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L224" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:12">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L225" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:12">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J226" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L226" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="227" spans="1:12">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L227" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:12">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L228" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="229" spans="1:12">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L229" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="230" spans="1:12">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J230" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L230" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="231" spans="1:12">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L231" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="232" spans="1:12">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J232" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K232" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L232" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12">
       <x:c r="A233" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L233" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12">
       <x:c r="A234" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H234" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L234" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="235" spans="1:12">
       <x:c r="A235" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L235" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="236" spans="1:12">
       <x:c r="A236" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H236" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I236" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J236" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K236" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L236" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="237" spans="1:12">
       <x:c r="A237" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L237" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="238" spans="1:12">
       <x:c r="A238" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H238" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I238" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J238" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L238" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:12">
       <x:c r="A239" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L239" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:12">
       <x:c r="A240" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H240" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I240" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J240" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L240" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="241" spans="1:12">
       <x:c r="A241" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L241" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="242" spans="1:12">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K242" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L242" s="0">
         <x:v>90214</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>278908</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J244" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K244" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L244" s="0">
         <x:v>77548</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L245" s="0">
         <x:v>240407</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H246" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L246" s="0">
         <x:v>3753</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L247" s="0">
         <x:v>10211</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H248" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I248" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J248" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K248" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L248" s="0">
         <x:v>8892</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L249" s="0">
         <x:v>28226</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H250" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K250" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L250" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L251" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I252" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J252" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K252" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L252" s="0">
         <x:v>5547</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>16862</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L254" s="0">
         <x:v>4157</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L255" s="0">
         <x:v>12641</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L256" s="0">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L257" s="0">
         <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L258" s="0">
         <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L259" s="0">
         <x:v>3286</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H260" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I260" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J260" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K260" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L260" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L261" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I262" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J262" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K262" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L262" s="0">
         <x:v>21602</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L263" s="0">
         <x:v>63867</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H264" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I264" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J264" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L264" s="0">
         <x:v>18272</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>54007</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K266" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L266" s="0">
         <x:v>1048</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L267" s="0">
         <x:v>2748</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H268" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I268" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J268" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L268" s="0">
         <x:v>2258</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L269" s="0">
         <x:v>7042</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H270" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L270" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L271" s="0">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I272" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J272" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K272" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L272" s="0">
         <x:v>2142</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L273" s="0">
         <x:v>6175</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H274" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I274" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J274" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K274" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L274" s="0">
         <x:v>1863</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L275" s="0">
         <x:v>5401</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H276" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L276" s="0">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L277" s="0">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K278" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L278" s="0">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L279" s="0">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J280" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K280" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L280" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L281" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11942,51 +11914,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L281" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD626"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02258V02730A">
       <x:sharedItems count="4">
         <x:s v="-"/>
         <x:s v="112"/>
         <x:s v="113"/>
         <x:s v="114"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Child">
       <x:sharedItems count="4">
         <x:s v="All family units"/>
         <x:s v="All children under 15 years"/>
         <x:s v="All children aged 15 years and over"/>
@@ -12254,27 +12226,3948 @@
         <x:n v="18272"/>
         <x:n v="54007"/>
         <x:n v="1048"/>
         <x:n v="2748"/>
         <x:n v="2258"/>
         <x:n v="7042"/>
         <x:n v="24"/>
         <x:n v="70"/>
         <x:n v="2142"/>
         <x:n v="6175"/>
         <x:n v="1863"/>
         <x:n v="5401"/>
         <x:n v="135"/>
         <x:n v="359"/>
         <x:n v="138"/>
         <x:n v="402"/>
         <x:n v="6"/>
         <x:n v="13"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625975"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970883"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1363301"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86523"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78348"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119671"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182656"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261652"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220458"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22190"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18151"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83292"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56047"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15142"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558682"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169314"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463415"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="981260"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32052"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53767"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62872"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133729"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60269"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104665"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42541"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75877"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7993"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11949"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20687"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308109"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162420"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266756"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9797"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14379"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13418"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26109"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43887"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26002"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39408"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405586"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="771142"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307196"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="596905"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33519"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49995"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64110"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123164"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266969"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552973"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198738"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425811"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23001"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35912"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45038"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90933"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49005"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79636"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33989"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56860"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6466"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16224"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83476"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129347"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69504"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106797"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6862"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15077"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9186"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4965"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7437"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="112"/>
+    <s v="All children under 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309175"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="489021"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285342"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453940"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10386"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14114"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13107"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20536"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201499"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337433"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187129"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315042"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5298"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8942"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14570"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81206"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114895"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74644"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105952"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20753"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28526"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19174"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26570"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="113"/>
+    <s v="All children aged 15 years and over"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119505"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365812"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101840"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312456"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12323"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38956"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90214"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278908"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77548"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240407"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3753"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10211"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8892"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28226"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16862"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12641"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21602"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63867"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18272"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54007"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="07"/>
+    <s v="All family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="28"/>
+    <s v="All children in private households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6175"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="14"/>
+    <s v="Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="15"/>
+    <s v="Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="18"/>
+    <s v="Non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="19"/>
+    <s v="Non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="22"/>
+    <s v="Mixed Irish/non-Irish nationals - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="23"/>
+    <s v="Mixed Irish/non-Irish nationals - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="26"/>
+    <s v="Nationality not stated - family units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD626"/>
+    <s v="Family Units in Private Households"/>
+    <s v="114"/>
+    <s v="Children both under and over 15 years"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="27"/>
+    <s v="Nationality not stated - children"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+</pivotCacheRecords>
 </file>