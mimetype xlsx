--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16535016a85143e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ddb77811fb5142bb98fb3715f42eadc5.psmdcp" Id="R2fb6f4af864c4252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46fb4ed8f986487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0233627079d34c848a523810eff3f059.psmdcp" Id="Rdc9ff26be82040d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD611</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD611/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -538,427 +538,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N685" totalsRowShown="0">
   <x:autoFilter ref="A1:N685"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286A"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="C02719V03286B"/>
     <x:tableColumn id="10" name="Country of Previous Residence"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1233,51 +998,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD611/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1464,51 +1229,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N685"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="115.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="40.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -31642,51 +31407,51 @@
       <x:c r="K685" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N685" s="0">
         <x:v>1286</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31703,51 +31468,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N685" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD611"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="225"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -32476,27 +32241,10972 @@
         <x:n v="1845"/>
         <x:n v="53"/>
         <x:n v="4"/>
         <x:n v="246"/>
         <x:n v="502"/>
         <x:n v="2650"/>
         <x:n v="474"/>
         <x:n v="59"/>
         <x:n v="717"/>
         <x:n v="3601"/>
         <x:n v="93"/>
         <x:n v="7"/>
         <x:n v="586"/>
         <x:n v="5131"/>
         <x:n v="901"/>
         <x:n v="71"/>
         <x:n v="84"/>
         <x:n v="216"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217783"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29527"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46018"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102813"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398215"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175296"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44808"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129097"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24541"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120413"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494155"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103917"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14083"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21970"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49104"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190179"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86571"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21519"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64656"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11244"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60067"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244057"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113866"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15444"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24048"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53709"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208036"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88725"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23289"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64441"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13297"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60346"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250098"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6004"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3005"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5698"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20926"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2810"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10716"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10210"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3885"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10433"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7938"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28611"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5239"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14592"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4463"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12787"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5114"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7813"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29843"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6527"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15151"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6260"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14692"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7804"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11247"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10783"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37467"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4390"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5297"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16778"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6857"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20689"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7578"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13757"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25138"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8795"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6722"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32273"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16358"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65347"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3215"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11707"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14535"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7643"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29548"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13431"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4852"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17738"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8715"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35799"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13251"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17120"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37922"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12240"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8019"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30044"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19421"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71368"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8442"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17527"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5710"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3698"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15993"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9304"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35352"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8678"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20395"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6530"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4321"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14051"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10117"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36016"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18390"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4704"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6015"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14333"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43689"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17745"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6572"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15026"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17221"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58697"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7574"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6579"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19469"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8677"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29975"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10816"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7754"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24220"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9068"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6525"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28722"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27682"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4807"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7478"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9042"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49277"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24336"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8222"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12457"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52792"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12366"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22552"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12193"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4777"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6520"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27293"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15316"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4997"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26725"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25499"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25555"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7535"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45052"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21556"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3109"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7994"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40948"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13039"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3784"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3756"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22440"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10871"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20944"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12516"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22612"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20004"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15320"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4149"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6096"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28247"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14469"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4904"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27307"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7847"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2768"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14147"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7236"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13858"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7473"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14100"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7233"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13449"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15353"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25174"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17201"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7526"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12263"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8580"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7827"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12911"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8621"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20064"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28794"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13278"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10107"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14350"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4433"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9957"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14444"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6641"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22897"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31056"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6678"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11857"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15579"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2279"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15477"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4764"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19125"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25394"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4642"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6479"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9994"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12888"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9131"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12506"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13596"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18430"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3994"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6786"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8971"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6810"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9459"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7709"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10762"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3383"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4326"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6094"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7781"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACC12"/>
+    <s v="EU15 to EU27 states"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX"/>
+    <s v="Other countries (7)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD611"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+</pivotCacheRecords>
 </file>