--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110cf0414b034406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11065bef3b0744498a2b9c42c42b567d.psmdcp" Id="R52b99b867f954b02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cbcd0d7fac4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0b46521ab21465ebf84815d87b3512e.psmdcp" Id="Rea210e27b5104ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD609</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD609/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -365,50 +365,53 @@
   <x:si>
     <x:t>550</x:t>
   </x:si>
   <x:si>
     <x:t>60 - 64 years</x:t>
   </x:si>
   <x:si>
     <x:t>565</x:t>
   </x:si>
   <x:si>
     <x:t>65 - 69 years</x:t>
   </x:si>
   <x:si>
     <x:t>580</x:t>
   </x:si>
   <x:si>
     <x:t>70 - 74 years</x:t>
   </x:si>
   <x:si>
     <x:t>595</x:t>
   </x:si>
   <x:si>
     <x:t>75 - 79 years</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>610</x:t>
   </x:si>
   <x:si>
     <x:t>80 - 84 years</x:t>
   </x:si>
   <x:si>
     <x:t>630</x:t>
   </x:si>
   <x:si>
     <x:t>85 years and over</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -556,443 +559,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L685" totalsRowShown="0">
   <x:autoFilter ref="A1:L685"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Country of Previous Residence"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1265,51 +1015,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD609/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1496,51 +1246,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L685"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="116.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -24050,50 +23800,53 @@
       </x:c>
       <x:c r="D593" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I593" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L593" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="594" spans="1:12">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H594" s="0" t="s">
         <x:v>64</x:v>
@@ -24819,2791 +24572,2791 @@
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L613" s="0">
         <x:v>11480</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:12">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H614" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J614" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L614" s="0">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:12">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L615" s="0">
         <x:v>8575</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:12">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J616" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L616" s="0">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:12">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I617" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L617" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:12">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J618" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L618" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:12">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I619" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L619" s="0">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:12">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J620" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L620" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:12">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L621" s="0">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:12">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H622" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I622" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J622" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K622" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L622" s="0">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:12">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I623" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L623" s="0">
         <x:v>1414</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:12">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I624" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J624" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L624" s="0">
         <x:v>1370</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:12">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>13298</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:12">
       <x:c r="A626" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J626" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K626" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L626" s="0">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:12">
       <x:c r="A627" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L627" s="0">
         <x:v>3833</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:12">
       <x:c r="A628" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K628" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L628" s="0">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:12">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L629" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:12">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J630" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K630" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L630" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:12">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L631" s="0">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:12">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J632" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K632" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L632" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:12">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L633" s="0">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:12">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J634" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L634" s="0">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:12">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L635" s="0">
         <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:12">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J636" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K636" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L636" s="0">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:12">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L637" s="0">
         <x:v>5803</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:12">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J638" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K638" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L638" s="0">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:12">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L639" s="0">
         <x:v>4742</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:12">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J640" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K640" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L640" s="0">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:12">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L641" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:12">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J642" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K642" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L642" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:12">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L643" s="0">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:12">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J644" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L644" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:12">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L645" s="0">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:12">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J646" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K646" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L646" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:12">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L647" s="0">
         <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:12">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J648" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K648" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L648" s="0">
         <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:12">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>7495</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:12">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J650" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K650" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L650" s="0">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:12">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L651" s="0">
         <x:v>6043</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:12">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J652" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L652" s="0">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:12">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L653" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:12">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J654" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L654" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:12">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L655" s="0">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:12">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J656" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K656" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L656" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:12">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L657" s="0">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:12">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J658" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K658" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L658" s="0">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:12">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L659" s="0">
         <x:v>962</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:12">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J660" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K660" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L660" s="0">
         <x:v>1087</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:12">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L661" s="0">
         <x:v>9784</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:12">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J662" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K662" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L662" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:12">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L663" s="0">
         <x:v>2067</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:12">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J664" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L664" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:12">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L665" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:12">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J666" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K666" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L666" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:12">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L667" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:12">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L668" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:12">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L669" s="0">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:12">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J670" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K670" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L670" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:12">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L671" s="0">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:12">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J672" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K672" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L672" s="0">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:12">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>3367</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:12">
       <x:c r="A674" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H674" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I674" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J674" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K674" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L674" s="0">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:12">
       <x:c r="A675" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I675" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L675" s="0">
         <x:v>3976</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:12">
       <x:c r="A676" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H676" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I676" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J676" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L676" s="0">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:12">
       <x:c r="A677" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I677" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L677" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:12">
       <x:c r="A678" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H678" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I678" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J678" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K678" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L678" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:12">
       <x:c r="A679" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I679" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L679" s="0">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:12">
       <x:c r="A680" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H680" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I680" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J680" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K680" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L680" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:12">
       <x:c r="A681" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I681" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L681" s="0">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:12">
       <x:c r="A682" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H682" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I682" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J682" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K682" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L682" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:12">
       <x:c r="A683" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I683" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L683" s="0">
         <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:12">
       <x:c r="A684" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H684" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I684" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J684" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L684" s="0">
         <x:v>682</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:12">
       <x:c r="A685" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I685" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L685" s="0">
         <x:v>6417</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27620,51 +27373,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L685" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD609"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="225"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -28376,27 +28129,9604 @@
         <x:n v="9784"/>
         <x:n v="122"/>
         <x:n v="2067"/>
         <x:n v="130"/>
         <x:n v="3"/>
         <x:n v="10"/>
         <x:n v="123"/>
         <x:n v="136"/>
         <x:n v="292"/>
         <x:n v="3367"/>
         <x:n v="285"/>
         <x:n v="3976"/>
         <x:n v="241"/>
         <x:n v="180"/>
         <x:n v="269"/>
         <x:n v="670"/>
         <x:n v="682"/>
         <x:n v="6417"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27459"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346044"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19576"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18464"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71963"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115079"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15531"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32470"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51550"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70559"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123675"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892370"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12457"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169046"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8985"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8753"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36967"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55643"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7642"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15943"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25358"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33214"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60228"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434236"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15002"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176998"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10591"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9711"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34996"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59436"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7889"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16527"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26192"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37345"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63447"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458134"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8099"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5207"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24178"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12388"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11790"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9908"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32496"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16595"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15901"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12627"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2053"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4204"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34306"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6432"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17472"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6195"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16834"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10605"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5213"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7084"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45271"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5161"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20673"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24598"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12731"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19914"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17262"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7097"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18845"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90485"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5662"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8959"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7730"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41255"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10955"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9532"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9745"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49230"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20232"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18413"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20195"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8766"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5401"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21621"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109290"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8844"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9978"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4234"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52879"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11388"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8435"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10367"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56411"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30260"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7959"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16555"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7045"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17789"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102386"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13527"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4690"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8284"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3953"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8534"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49444"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16733"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8271"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3596"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4195"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9255"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52942"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46960"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2086"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12966"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10438"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10701"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102069"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22126"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6657"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4946"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49845"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24834"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6309"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5492"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5605"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52224"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42895"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8814"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="86000"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21951"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5096"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43384"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20944"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5281"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42616"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26152"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55554"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13446"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28005"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12706"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27549"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22183"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42375"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11098"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20843"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11085"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21532"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26094"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42072"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13268"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20987"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12826"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21085"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27139"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40410"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14116"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20169"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13023"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20241"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22046"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31873"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11569"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16107"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10477"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15766"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15100"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22424"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7611"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10944"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11480"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8575"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13298"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7495"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6043"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9784"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBQ7"/>
+    <s v="Other EU27 (5)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURQ01"/>
+    <s v="Other Europe (8)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA02"/>
+    <s v="Other Africa (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD609"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6417"/>
+  </r>
+</pivotCacheRecords>
 </file>