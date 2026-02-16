--- v1 (2025-12-29)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cbcd0d7fac4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0b46521ab21465ebf84815d87b3512e.psmdcp" Id="Rea210e27b5104ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad886f60fe8e40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30a233e529324db9968142b1a7707a34.psmdcp" Id="Rc7775311df7a4a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>