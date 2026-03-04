--- v0 (2025-11-13)
+++ v1 (2026-03-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3803e08088e44435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7001c603ee64b219566c301278f1bb8.psmdcp" Id="Rc37ef9415fcc4b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f67884b06a441cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b92ae6d8c6c4ed8910e65b75e41b7af.psmdcp" Id="Rc7820ad8737946dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD608</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD608/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P6</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 6 - Migration and Diversity in Ireland - A profile of diversity in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -598,499 +598,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year of taking up Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L892" totalsRowShown="0">
   <x:autoFilter ref="A1:L892"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County of Usual Residence"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Year of taking up Residence"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1363,51 +1068,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD608/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1594,51 +1299,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L892"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="116.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35526,51 +35231,51 @@
       <x:c r="I892" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J892" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K892" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L892" s="0">
         <x:v>506</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35587,51 +35292,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L892" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD608"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -36531,27 +36236,12502 @@
         <x:n v="1370"/>
         <x:n v="18910"/>
         <x:n v="263"/>
         <x:n v="928"/>
         <x:n v="2421"/>
         <x:n v="1799"/>
         <x:n v="1652"/>
         <x:n v="4240"/>
         <x:n v="3187"/>
         <x:n v="3060"/>
         <x:n v="1247"/>
         <x:n v="6220"/>
         <x:n v="677"/>
         <x:n v="472"/>
         <x:n v="1119"/>
         <x:n v="1289"/>
         <x:n v="1225"/>
         <x:n v="506"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="892370"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3637"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10822"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41079"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72648"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68656"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76352"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199398"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175886"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165829"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78063"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9241"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266321"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11311"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16371"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17741"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18744"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54180"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55300"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62918"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25365"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37534"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9375"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7698"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6479"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16696"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3108"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7738"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19735"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32048"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8020"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6663"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11792"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16261"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24977"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26497"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6588"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23499"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2465"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5849"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95541"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6947"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7293"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8338"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21061"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19298"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18233"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30096"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2419"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32265"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6365"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27507"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6329"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5239"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3960"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20299"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4693"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55867"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4914"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5289"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13111"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10629"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7422"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30592"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3696"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7451"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13384"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13303"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36358"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6375"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11602"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2269"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434236"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4388"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19111"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34051"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32846"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36881"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96812"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88461"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80681"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39766"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4605"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129896"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8955"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26331"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27686"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30626"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12730"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18433"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4589"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3927"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8066"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9604"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15690"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7979"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12101"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12868"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11285"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46445"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10119"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9731"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8895"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4436"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14487"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15987"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13450"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9906"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27087"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6312"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5377"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4652"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14853"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6550"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6486"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6411"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17448"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5382"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="458134"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21968"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38597"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35810"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39471"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102586"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87425"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85148"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38297"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4636"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136425"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5830"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8596"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9315"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9789"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27849"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27614"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32292"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12635"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19101"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4786"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3771"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6373"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10131"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16358"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4105"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6055"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8282"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12876"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13629"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12214"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49096"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3843"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10942"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9338"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15609"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16278"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14057"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10393"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28780"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15739"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6905"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6892"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18910"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6220"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991394"/>
+    <s v="1991 to 1995"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996311"/>
+    <s v="1996 to 2002"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2003303"/>
+    <s v="2003 to 2006"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="200730"/>
+    <s v="2007 to 2011"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="CD608"/>
+    <s v="Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+</pivotCacheRecords>
 </file>