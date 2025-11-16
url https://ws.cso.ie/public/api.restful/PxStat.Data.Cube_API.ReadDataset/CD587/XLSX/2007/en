--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27948416eac4752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28c77ff6af274f29b45c501384bc5b0a.psmdcp" Id="Rede5e3a171a14a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f40b3d0c4944d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35cd0bec8bae47c5b57c76bf660c0bf7.psmdcp" Id="R8601b2cb4ea2467b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>