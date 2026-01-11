--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f40b3d0c4944d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35cd0bec8bae47c5b57c76bf660c0bf7.psmdcp" Id="R8601b2cb4ea2467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e22c9a919a476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab17c37446ba459e8e72b1cc3d010cf8.psmdcp" Id="Re19ea610b35f427d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD587</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>One Person Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD587/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02800V03468"/>
     <x:tableColumn id="8" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD587/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13742,51 +13549,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>143</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13803,51 +13610,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD587"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="One Person Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="09"/>
       </x:sharedItems>
     </x:cacheField>
@@ -14228,27 +14035,4564 @@
         <x:n v="112"/>
         <x:n v="15"/>
         <x:n v="158"/>
         <x:n v="19"/>
         <x:n v="8"/>
         <x:n v="16"/>
         <x:n v="778"/>
         <x:n v="121"/>
         <x:n v="1296"/>
         <x:n v="413"/>
         <x:n v="146"/>
         <x:n v="129"/>
         <x:n v="136"/>
         <x:n v="32"/>
         <x:n v="10"/>
         <x:n v="20"/>
         <x:n v="1153"/>
         <x:n v="143"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="392000"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103075"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18381"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8991"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5381"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62347"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26415"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11160"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16795"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259587"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132413"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193606"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45856"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8590"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29114"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5329"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8219"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120046"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73560"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198394"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57219"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3958"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33233"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13605"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139541"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58853"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21307"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8028"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16054"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5253"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12744"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4310"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8563"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3718"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85971"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27510"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14939"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2370"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62644"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23327"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34967"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11179"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24635"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51004"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16331"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9279"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38009"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12995"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58507"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17883"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10399"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16268"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19687"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12379"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7308"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38820"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12830"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7247"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29860"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8960"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47943"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10036"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7418"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28722"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38706"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7488"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22403"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16303"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9237"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39289"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8737"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6287"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25137"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14152"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23283"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14218"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9065"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16006"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10919"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18570"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10978"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7592"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12553"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6523"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4455"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118218"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26264"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17175"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71882"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46336"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50767"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10716"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7263"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30169"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20598"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67451"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15548"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9912"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41713"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25738"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="CD587"/>
+    <s v="One Person Private Households"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+</pivotCacheRecords>
 </file>