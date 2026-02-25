--- v2 (2026-01-11)
+++ v3 (2026-02-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e22c9a919a476c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab17c37446ba459e8e72b1cc3d010cf8.psmdcp" Id="Re19ea610b35f427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617fafc7be2d4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/873c40a8008c48628c1939058153ca1d.psmdcp" Id="R8b75ff3d1c8947bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>