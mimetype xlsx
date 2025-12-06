--- v0 (2025-10-03)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e76a085e0f74467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f648b91897954c17958a293e1c7229e2.psmdcp" Id="Rb6fe754b6e9c4800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84758c794b884dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b97d381f6ae41dd8bfa5bb22d0fd54a.psmdcp" Id="R3efceb39d2d447f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD583</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population aged 18 years and over still living with their parents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD583/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -301,50 +301,53 @@
   </x:si>
   <x:si>
     <x:t>460</x:t>
   </x:si>
   <x:si>
     <x:t>35 - 39 years</x:t>
   </x:si>
   <x:si>
     <x:t>480</x:t>
   </x:si>
   <x:si>
     <x:t>40 - 49 years</x:t>
   </x:si>
   <x:si>
     <x:t>525</x:t>
   </x:si>
   <x:si>
     <x:t>50 - 64 years</x:t>
   </x:si>
   <x:si>
     <x:t>575</x:t>
   </x:si>
   <x:si>
     <x:t>65 years and over</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -481,347 +484,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N406" totalsRowShown="0">
   <x:autoFilter ref="A1:N406"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02704V03272"/>
     <x:tableColumn id="6" name="Principal Economic Status"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02701V03269"/>
     <x:tableColumn id="10" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1096,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD583/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1327,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N406"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="29.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -18421,50 +18249,53 @@
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L388" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M388" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
+      <x:c r="N388" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="389" spans="1:14">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>56</x:v>
@@ -18638,50 +18469,53 @@
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
+      <x:c r="N393" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
     </x:row>
     <x:row r="394" spans="1:14">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>66</x:v>
@@ -18810,50 +18644,53 @@
         <x:v>73</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>60</x:v>
+      </x:c>
+      <x:c r="N397" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:14">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
@@ -19220,51 +19057,51 @@
       <x:c r="K406" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L406" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M406" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N406" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19281,51 +19118,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N406" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD583"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population aged 18 years and over still living with their parents"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="345"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="480"/>
         <x:s v="525"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
@@ -19776,27 +19613,6508 @@
         <x:n v="14"/>
         <x:n v="58"/>
         <x:n v="17"/>
         <x:n v="7"/>
         <x:n v="4"/>
         <x:n v="2"/>
         <x:n v="5"/>
         <x:n v="3"/>
         <x:n v="1"/>
         <x:s v=""/>
         <x:n v="343"/>
         <x:n v="156"/>
         <x:n v="187"/>
         <x:n v="190"/>
         <x:n v="78"/>
         <x:n v="112"/>
         <x:n v="153"/>
         <x:n v="75"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439478"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251745"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187733"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260929"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147011"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113918"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178549"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104734"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73815"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="180703"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96826"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83877"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103475"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52617"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50858"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77228"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44209"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33019"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98739"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59102"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39637"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74077"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43904"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30173"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24662"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15198"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9464"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137967"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83231"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54736"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69824"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42833"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26991"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68143"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40398"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27745"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22069"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12586"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9483"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13553"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7657"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8516"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88870"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53218"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35652"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46926"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27924"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19002"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41944"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25294"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16650"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9049"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5387"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12781"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8422"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8299"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4482"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66057"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38631"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27426"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32674"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19228"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13446"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33383"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19403"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13980"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="345"/>
+    <s v="18 - 19 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159940"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94999"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64941"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89554"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52883"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36671"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70386"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42116"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28270"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59681"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33796"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25885"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31532"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17208"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14324"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28149"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16588"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11561"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36329"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21827"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25662"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15285"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10667"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6542"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4125"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60706"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37479"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23227"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30480"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19300"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11180"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30226"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18179"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87290"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48639"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38651"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53396"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29427"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23969"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33894"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19212"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14682"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52761"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28368"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24393"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28522"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14963"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13559"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24239"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13405"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10834"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23446"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13413"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10033"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18426"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10487"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7851"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40370"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21623"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18747"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27610"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14642"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12968"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12760"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6981"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5779"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23835"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11759"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12076"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14912"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7028"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7884"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8923"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11370"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6748"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9394"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3800"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23281"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12522"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10759"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16514"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8849"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7665"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13192"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6477"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6715"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8753"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4635"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4439"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6472"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3922"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27780"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14717"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13063"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19147"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9769"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9378"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15992"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7932"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8060"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10425"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5720"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5567"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6422"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5318"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4961"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="480"/>
+    <s v="40 - 49 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11507"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7514"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="525"/>
+    <s v="50 - 64 years"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-06"/>
+    <s v="All persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-02"/>
+    <s v="All unemployed persons"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="CD583"/>
+    <s v="Population aged 18 years and over still living with their parents"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+</pivotCacheRecords>
 </file>