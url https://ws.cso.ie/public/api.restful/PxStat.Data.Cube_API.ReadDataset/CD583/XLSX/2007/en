--- v1 (2025-12-06)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84758c794b884dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b97d381f6ae41dd8bfa5bb22d0fd54a.psmdcp" Id="R3efceb39d2d447f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8942ea6f0d4e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a07d0cfacf1418890695f5ac5880000.psmdcp" Id="R8b4b6c815dd44056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>