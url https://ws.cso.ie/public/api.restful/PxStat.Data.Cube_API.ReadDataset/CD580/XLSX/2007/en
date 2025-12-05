--- v0 (2025-10-02)
+++ v1 (2025-12-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3558da6f0b97444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7ca44eebd384748a87c3041ec2fe670.psmdcp" Id="R47a3d9b5e51d497e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9fe2b64e3142a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cd228abda264b82a593e341dbb7ee9a.psmdcp" Id="R9ea27e9b87d6490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD580</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households with Lone Parents with Children</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD580/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -275,50 +275,53 @@
   <x:si>
     <x:t>Semi- detached house</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
     <x:t>Terraced house</x:t>
   </x:si>
   <x:si>
     <x:t>Flat or apartment in a purpose- built block</x:t>
   </x:si>
   <x:si>
     <x:t>17</x:t>
   </x:si>
   <x:si>
     <x:t>Flat or apartment in a converted house or commercial building</x:t>
   </x:si>
   <x:si>
     <x:t>18</x:t>
   </x:si>
   <x:si>
     <x:t>Bed-sit</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
     <x:t>Caravan, mobile or other temporary structure</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>Not stated</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -466,331 +469,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Private Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Children" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N181" totalsRowShown="0">
   <x:autoFilter ref="A1:N181"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02010V02440"/>
     <x:tableColumn id="4" name="Type of Private Accommodation"/>
     <x:tableColumn id="5" name="C02258V02730"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="C02683V03250"/>
     <x:tableColumn id="8" name="Number of Children"/>
     <x:tableColumn id="9" name="C02699V03267"/>
     <x:tableColumn id="10" name="Nature of Occupancy"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1065,51 +905,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD580/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1296,51 +1136,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N181"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="60.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="56.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -7082,50 +6922,53 @@
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
+      <x:c r="N131" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="132" spans="1:14">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>56</x:v>
@@ -7343,1988 +7186,2003 @@
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
+      <x:c r="N137" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="138" spans="1:14">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J138" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K138" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L138" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M138" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
+      <x:c r="N138" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="139" spans="1:14">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
+      <x:c r="N139" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="140" spans="1:14">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J140" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K140" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L140" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
+      <x:c r="N140" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="141" spans="1:14">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
+      <x:c r="N141" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="142" spans="1:14">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K142" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L142" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M142" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N142" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:14">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N143" s="0">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:14">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K144" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L144" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M144" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N144" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:14">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N145" s="0">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:14">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J146" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K146" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L146" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M146" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N146" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:14">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N147" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:14">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L148" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M148" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N148" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:14">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N149" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:14">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L150" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M150" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N150" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:14">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N151" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:14">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J152" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K152" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L152" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M152" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N152" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:14">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N153" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:14">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J154" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K154" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L154" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M154" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N154" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:14">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N155" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:14">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J156" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K156" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L156" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N156" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:14">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N157" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:14">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J158" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K158" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L158" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M158" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N158" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:14">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N159" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:14">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J160" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N160" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:14">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N161" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:14">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J162" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K162" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L162" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M162" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N162" s="0">
         <x:v>2298</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:14">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N163" s="0">
         <x:v>1595</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:14">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J164" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K164" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L164" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M164" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N164" s="0">
         <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:14">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N165" s="0">
         <x:v>894</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:14">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J166" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M166" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N166" s="0">
         <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:14">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N167" s="0">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:14">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J168" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K168" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L168" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M168" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N168" s="0">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:14">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N169" s="0">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:14">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J170" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K170" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L170" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M170" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N170" s="0">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:14">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N171" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:14">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J172" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K172" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L172" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M172" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N172" s="0">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:14">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N173" s="0">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:14">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J174" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K174" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L174" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M174" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N174" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:14">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N175" s="0">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:14">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J176" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N176" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:14">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N177" s="0">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:14">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J178" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K178" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L178" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M178" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N178" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:14">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N179" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:14">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J180" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N180" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:14">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N181" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9341,51 +9199,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N181" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD580"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units in Private Households with Lone Parents with Children"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="21"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
@@ -9596,27 +9454,2908 @@
         <x:n v="36"/>
         <x:n v="2"/>
         <x:n v="2298"/>
         <x:n v="1595"/>
         <x:n v="1094"/>
         <x:n v="894"/>
         <x:n v="719"/>
         <x:n v="424"/>
         <x:n v="298"/>
         <x:n v="173"/>
         <x:n v="187"/>
         <x:n v="104"/>
         <x:n v="168"/>
         <x:n v="105"/>
         <x:n v="148"/>
         <x:n v="39"/>
         <x:n v="60"/>
         <x:n v="23"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89367"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96917"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46114"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59925"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26479"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25090"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10909"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8702"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5865"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20763"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13329"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5140"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13990"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43854"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6816"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26275"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11503"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10959"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6751"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2811"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="12"/>
+    <s v="Detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32896"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30272"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15809"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18455"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4451"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5458"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="13"/>
+    <s v="Semi- detached house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26586"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19282"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13253"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12805"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8016"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="14"/>
+    <s v="Terraced house"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12073"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8051"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="16"/>
+    <s v="Flat or apartment in a purpose- built block"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="17"/>
+    <s v="Flat or apartment in a converted house or commercial building"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="18"/>
+    <s v="Bed-sit"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="21"/>
+    <s v="Caravan, mobile or other temporary structure"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="15"/>
+    <s v="Renting"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD580"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="4"/>
+    <s v="Not stated"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="16"/>
+    <s v="Not renting (including not stated)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+</pivotCacheRecords>
 </file>