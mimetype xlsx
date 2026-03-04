--- v1 (2025-12-05)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9fe2b64e3142a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5cd228abda264b82a593e341dbb7ee9a.psmdcp" Id="R9ea27e9b87d6490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb136f106043a4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59c95e0cacbe46428759a64cd66a5afb.psmdcp" Id="Rfb2f75db11c64753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>