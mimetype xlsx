--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cde87094a33466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/583b9815465348de8daaa3e415b6c8ee.psmdcp" Id="Rb2cef925eba24d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe7b228437a447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b87c821d15a143c2ae944fde2fe7d09c.psmdcp" Id="R63e19079234847ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD577</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households with Lone Parents with Children</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD577/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -225,50 +225,53 @@
     <x:t>002</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>003</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>0041</x:t>
   </x:si>
   <x:si>
     <x:t>4 or more</x:t>
   </x:si>
   <x:si>
     <x:t>301</x:t>
   </x:si>
   <x:si>
     <x:t>Lone father</x:t>
   </x:si>
   <x:si>
     <x:t>15 - 19 years</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>365</x:t>
   </x:si>
   <x:si>
     <x:t>20 - 24 years</x:t>
   </x:si>
   <x:si>
     <x:t>410</x:t>
   </x:si>
   <x:si>
     <x:t>25 - 29 years</x:t>
   </x:si>
   <x:si>
     <x:t>440</x:t>
   </x:si>
   <x:si>
     <x:t>30 - 34 years</x:t>
   </x:si>
   <x:si>
     <x:t>460</x:t>
   </x:si>
   <x:si>
     <x:t>35 - 39 years</x:t>
   </x:si>
@@ -472,331 +475,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Children" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L131" totalsRowShown="0">
   <x:autoFilter ref="A1:L131"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02258V02730"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="C02683V03250"/>
     <x:tableColumn id="8" name="Number of Children"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1069,51 +903,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD577/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1300,51 +1134,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L131"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="60.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -2118,4241 +1952,4247 @@
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
     </x:row>
     <x:row r="22" spans="1:12">
       <x:c r="A22" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J22" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K22" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L22" s="0">
         <x:v>12003</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12">
       <x:c r="A23" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L23" s="0">
         <x:v>9747</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12">
       <x:c r="A24" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L24" s="0">
         <x:v>1957</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12">
       <x:c r="A25" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L25" s="0">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12">
       <x:c r="A26" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J26" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K26" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L26" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12">
       <x:c r="A27" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L27" s="0">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12">
       <x:c r="A28" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K28" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L28" s="0">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12">
       <x:c r="A29" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L29" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12">
       <x:c r="A30" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J30" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K30" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L30" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12">
       <x:c r="A31" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="L31" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
     </x:row>
     <x:row r="32" spans="1:12">
       <x:c r="A32" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J32" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K32" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L32" s="0">
         <x:v>20013</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12">
       <x:c r="A33" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L33" s="0">
         <x:v>12582</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12">
       <x:c r="A34" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J34" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L34" s="0">
         <x:v>5481</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12">
       <x:c r="A35" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L35" s="0">
         <x:v>1523</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12">
       <x:c r="A36" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K36" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L36" s="0">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12">
       <x:c r="A37" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L37" s="0">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12">
       <x:c r="A38" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K38" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L38" s="0">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12">
       <x:c r="A39" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L39" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12">
       <x:c r="A40" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K40" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L40" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12">
       <x:c r="A41" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L41" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12">
       <x:c r="A42" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L42" s="0">
         <x:v>22406</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L43" s="0">
         <x:v>11145</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L44" s="0">
         <x:v>7079</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L45" s="0">
         <x:v>2849</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L46" s="0">
         <x:v>1333</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L47" s="0">
         <x:v>1207</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L48" s="0">
         <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L49" s="0">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L50" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L51" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L52" s="0">
         <x:v>22747</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L53" s="0">
         <x:v>9524</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L54" s="0">
         <x:v>7358</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L55" s="0">
         <x:v>3713</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L56" s="0">
         <x:v>2152</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L57" s="0">
         <x:v>1818</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L58" s="0">
         <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L59" s="0">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L60" s="0">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L61" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L62" s="0">
         <x:v>22138</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L63" s="0">
         <x:v>8570</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L64" s="0">
         <x:v>7622</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L65" s="0">
         <x:v>3836</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L66" s="0">
         <x:v>2110</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L67" s="0">
         <x:v>2718</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L68" s="0">
         <x:v>1389</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L69" s="0">
         <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L70" s="0">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L71" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L72" s="0">
         <x:v>20377</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L73" s="0">
         <x:v>8609</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L74" s="0">
         <x:v>7078</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L75" s="0">
         <x:v>3172</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L76" s="0">
         <x:v>1518</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L77" s="0">
         <x:v>3577</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L78" s="0">
         <x:v>1843</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L79" s="0">
         <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L80" s="0">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L81" s="0">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L82" s="0">
         <x:v>16193</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L83" s="0">
         <x:v>8212</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L84" s="0">
         <x:v>5237</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L85" s="0">
         <x:v>1954</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L86" s="0">
         <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L87" s="0">
         <x:v>4029</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L88" s="0">
         <x:v>2238</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L89" s="0">
         <x:v>1134</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L90" s="0">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L91" s="0">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L92" s="0">
         <x:v>11676</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L93" s="0">
         <x:v>7139</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L94" s="0">
         <x:v>3235</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L95" s="0">
         <x:v>980</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L96" s="0">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L97" s="0">
         <x:v>3762</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12">
       <x:c r="A98" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K98" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L98" s="0">
         <x:v>2313</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12">
       <x:c r="A99" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L99" s="0">
         <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12">
       <x:c r="A100" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L100" s="0">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12">
       <x:c r="A101" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L101" s="0">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12">
       <x:c r="A102" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L102" s="0">
         <x:v>8455</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12">
       <x:c r="A103" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L103" s="0">
         <x:v>5988</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12">
       <x:c r="A104" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L104" s="0">
         <x:v>1855</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12">
       <x:c r="A105" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L105" s="0">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12">
       <x:c r="A106" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L106" s="0">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12">
       <x:c r="A107" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L107" s="0">
         <x:v>3069</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12">
       <x:c r="A108" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L108" s="0">
         <x:v>2059</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12">
       <x:c r="A109" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L109" s="0">
         <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12">
       <x:c r="A110" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K110" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L110" s="0">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12">
       <x:c r="A111" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L111" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12">
       <x:c r="A112" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L112" s="0">
         <x:v>6103</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L113" s="0">
         <x:v>4557</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L114" s="0">
         <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L115" s="0">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L116" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L117" s="0">
         <x:v>2244</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L118" s="0">
         <x:v>1643</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L119" s="0">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L120" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L121" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K122" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L122" s="0">
         <x:v>22682</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L123" s="0">
         <x:v>18552</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L124" s="0">
         <x:v>3401</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L125" s="0">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L126" s="0">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L127" s="0">
         <x:v>5625</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L128" s="0">
         <x:v>4611</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L129" s="0">
         <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L130" s="0">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L131" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6369,51 +6209,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L131" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD577"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units in Private Households with Lone Parents with Children"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -6596,27 +6436,1848 @@
         <x:n v="1197"/>
         <x:n v="266"/>
         <x:n v="83"/>
         <x:n v="2244"/>
         <x:n v="1643"/>
         <x:n v="452"/>
         <x:n v="116"/>
         <x:n v="33"/>
         <x:n v="22682"/>
         <x:n v="18552"/>
         <x:n v="3401"/>
         <x:n v="583"/>
         <x:n v="146"/>
         <x:n v="5625"/>
         <x:n v="4611"/>
         <x:n v="834"/>
         <x:n v="138"/>
         <x:n v="42"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106039"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51569"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19611"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9065"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18726"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12003"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9747"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20013"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12582"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22406"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11145"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7079"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22747"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9524"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7358"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22138"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8570"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7622"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3836"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20377"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8609"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7078"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16193"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8212"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11676"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7139"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8455"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6103"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22682"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18552"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5625"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD577"/>
+    <s v="Family Units in Private Households with Lone Parents with Children"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="0041"/>
+    <s v="4 or more"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+</pivotCacheRecords>
 </file>