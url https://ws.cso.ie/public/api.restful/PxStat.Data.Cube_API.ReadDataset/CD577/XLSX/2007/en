--- v1 (2025-12-08)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe7b228437a447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b87c821d15a143c2ae944fde2fe7d09c.psmdcp" Id="R63e19079234847ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53111ac83894b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17ceb5f7bf6a46a7bed64b685ffab80e.psmdcp" Id="Rc24a46a30c484443" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>