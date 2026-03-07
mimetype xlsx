--- v0 (2025-10-01)
+++ v1 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6629a8fd18fe4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e26418d8f0e34caaae956bbc40a5b081.psmdcp" Id="R981c8a8496f648d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3de097ac7541ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/37749c81fcbc4405b64ff92df0c92251.psmdcp" Id="R4bc5671d017c4cfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD576</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households Comprising of Couples With and Without Children</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD576/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -451,275 +451,136 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...223 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H82" totalsRowShown="0">
   <x:autoFilter ref="A1:H82"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02704V03272"/>
     <x:tableColumn id="2" name="Principal Economic Status"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -988,51 +849,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD576/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1219,51 +1080,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H82"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -3383,51 +3244,51 @@
       <x:c r="E82" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>2368</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3444,51 +3305,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H82" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="9">
         <x:s v="501"/>
         <x:s v="201"/>
         <x:s v="202"/>
         <x:s v="301"/>
         <x:s v="302"/>
         <x:s v="303"/>
         <x:s v="304"/>
         <x:s v="603"/>
         <x:s v="98"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Principal Economic Status">
       <x:sharedItems count="9">
         <x:s v="Persons at work"/>
         <x:s v="Unemployed looking for first regular job"/>
         <x:s v="Unemployed having lost or given up previous job"/>
         <x:s v="Student or pupil"/>
         <x:s v="Looking after home/family"/>
         <x:s v="Retired"/>
         <x:s v="Unable to work due to permanent sickness or disability"/>
         <x:s v="Other economic status"/>
@@ -3604,27 +3465,838 @@
         <x:n v="1613"/>
         <x:n v="142"/>
         <x:n v="238"/>
         <x:n v="141"/>
         <x:n v="215"/>
         <x:n v="185"/>
         <x:n v="165"/>
         <x:n v="183"/>
         <x:n v="344"/>
         <x:n v="3572"/>
         <x:n v="156"/>
         <x:n v="265"/>
         <x:n v="155"/>
         <x:n v="120"/>
         <x:n v="110"/>
         <x:n v="104"/>
         <x:n v="294"/>
         <x:n v="2368"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="613012"/>
+  </r>
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="112010"/>
+  </r>
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="62047"/>
+  </r>
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="10004"/>
+  </r>
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="88488"/>
+  </r>
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="76236"/>
+  </r>
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="73386"/>
+  </r>
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="74349"/>
+  </r>
+  <r>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="116492"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="201"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="95595"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="11509"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="12179"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="13882"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="12801"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="12514"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="12739"/>
+  </r>
+  <r>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="19278"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="10673"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="4515"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="301"/>
+    <s v="Student or pupil"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="54857"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="4942"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="7433"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="9876"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="7161"/>
+  </r>
+  <r>
+    <s v="302"/>
+    <s v="Looking after home/family"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="11514"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="146339"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="28172"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="76756"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="303"/>
+    <s v="Retired"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="38342"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="35472"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="10516"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3782"/>
+  </r>
+  <r>
+    <s v="304"/>
+    <s v="Unable to work due to permanent sickness or disability"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="12277"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="603"/>
+    <s v="Other economic status"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD576C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+</pivotCacheRecords>
 </file>