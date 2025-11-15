--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71031975ad84279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e916e1ce6e7a484aa143f4668577f9fd.psmdcp" Id="R43a16d60de9f47ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc942db099e4a4f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1916116875174e3da672973c447b431b.psmdcp" Id="R2fce681f0a6c47de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>