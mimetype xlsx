--- v1 (2025-11-15)
+++ v2 (2026-03-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc942db099e4a4f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1916116875174e3da672973c447b431b.psmdcp" Id="R2fce681f0a6c47de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8435f080e534116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/782a50e5929447739f30ed459c077c2b.psmdcp" Id="Rc2fe4a5a42244679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD572</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households Comprising of Couples With and Without Children</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD572/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -475,315 +475,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J244" totalsRowShown="0">
   <x:autoFilter ref="A1:J244"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02325V02801"/>
     <x:tableColumn id="2" name="Detailed Marital Status"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1054,51 +891,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD572/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1285,51 +1122,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J244"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="16.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9127,51 +8964,51 @@
       <x:c r="G244" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H244" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J244" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9188,51 +9025,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J244" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02325V02801">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="03"/>
         <x:s v="05"/>
         <x:s v="09"/>
         <x:s v="11"/>
         <x:s v="13"/>
         <x:s v="15"/>
         <x:s v="16"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Detailed Marital Status">
       <x:sharedItems count="9">
         <x:s v="All marital status"/>
         <x:s v="Single"/>
         <x:s v="All married"/>
         <x:s v="Married (first marriage)"/>
         <x:s v="Re-married (following widowhood)"/>
         <x:s v="Re-married (following dissolution of previous marriage)"/>
         <x:s v="Separated (including deserted)"/>
         <x:s v="Divorced"/>
@@ -9515,27 +9352,2944 @@
         <x:n v="75"/>
         <x:n v="131"/>
         <x:n v="282"/>
         <x:n v="1007"/>
         <x:n v="83"/>
         <x:n v="190"/>
         <x:n v="46"/>
         <x:n v="54"/>
         <x:n v="85"/>
         <x:n v="201"/>
         <x:n v="568"/>
         <x:n v="26"/>
         <x:n v="224"/>
         <x:n v="135"/>
         <x:n v="17"/>
         <x:n v="18"/>
         <x:n v="21"/>
         <x:n v="81"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="963895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="131877"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="118939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="94128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="113553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="103027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="99394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="101464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="201513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="571217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="97677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="65301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="55607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="73939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="59511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="55050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="55132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="109000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="392678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="34200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="53638"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="38521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="39614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="43516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="44344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="46332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="92513"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="121354"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="67268"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="23447"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="11765"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="7889"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="90694"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="53383"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="16840"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="7887"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="30660"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="13885"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="821619"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="60590"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="108672"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="92812"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="88260"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="89738"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="89523"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="95133"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="196891"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="466861"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="41480"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="58905"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="54856"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="55829"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="50630"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="48546"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="50905"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="105710"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="354758"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="19110"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="49767"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="37956"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="32431"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="39108"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="40977"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="44228"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="91181"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="795800"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="58508"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="101864"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="90338"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="86338"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="87344"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="86609"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="91779"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="193020"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="451594"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="40097"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="55307"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="53622"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="54481"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="49191"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="46824"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="48849"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="103223"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="344206"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="18411"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="46557"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="36716"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="31857"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="38153"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="39785"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="42930"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="89797"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="20980"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="5487"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="12368"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="8612"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="8979"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="5804"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="10368"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="6851"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C1"/>
+    <s v="Total Family Units"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C2"/>
+    <s v="Pre-family"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C3"/>
+    <s v="Empty nest"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C4"/>
+    <s v="Retired"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C5"/>
+    <s v="Pre-school"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C6"/>
+    <s v="Early school"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C7"/>
+    <s v="Pre-adolescent"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C8"/>
+    <s v="Adolescent"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD572C9"/>
+    <s v="Adult"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+</pivotCacheRecords>
 </file>