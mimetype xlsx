--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7126c6f9ee3d4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9028fb31d3a64f63a38e72cd393e72d7.psmdcp" Id="R15cc7be51e0f41fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426a7e812031461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fb48d56330646fea0bec0970489ce2f.psmdcp" Id="R07f41b4e19984954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>