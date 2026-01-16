--- v1 (2025-11-17)
+++ v2 (2026-01-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R426a7e812031461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fb48d56330646fea0bec0970489ce2f.psmdcp" Id="R07f41b4e19984954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2890af04b941b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/445a7a44a1e840899f1d472b43f29ae6.psmdcp" Id="R064e2bfc78584531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD561</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/29/2020 11:00:00 AM</x:t>
+    <x:t>29/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD561/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -481,363 +481,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02699V03267" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nature of Occupancy" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02325V02801"/>
     <x:tableColumn id="6" name="Detailed Marital Status"/>
     <x:tableColumn id="7" name="C02699V03267"/>
     <x:tableColumn id="8" name="Nature of Occupancy"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1110,51 +917,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD561/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1341,51 +1148,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="50.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="46.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13727,51 +13534,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>147977</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13788,51 +13595,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD561"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14210,27 +14017,4564 @@
         <x:n v="194"/>
         <x:n v="18"/>
         <x:n v="20"/>
         <x:n v="298"/>
         <x:n v="1658"/>
         <x:n v="49685"/>
         <x:n v="99483"/>
         <x:n v="13964"/>
         <x:n v="18870"/>
         <x:n v="5389"/>
         <x:n v="9434"/>
         <x:n v="1093"/>
         <x:n v="1140"/>
         <x:n v="55"/>
         <x:n v="87"/>
         <x:n v="1672"/>
         <x:n v="15660"/>
         <x:n v="147977"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1221671"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1310417"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922448"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605446"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="249128"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25454"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15426"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24362"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154126"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3608662"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409891"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="471613"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="547727"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="368469"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141287"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15196"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7963"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13276"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75804"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1505035"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635314"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="757017"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="265173"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181225"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65556"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51100"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1708604"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="619103"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="735357"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="252422"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="172303"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62482"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5190"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4691"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7051"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49024"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1655906"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9738"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19492"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10965"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7828"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42960"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28898"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37113"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46308"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24615"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17984"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3875"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="116194"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20063"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26239"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38184"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23949"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11546"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87770"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127505"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18435"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25056"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12755"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20063"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="191059"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="600613"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="643497"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451758"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="305059"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112474"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11498"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8259"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13038"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75642"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1771510"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234689"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237074"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272085"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185863"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65580"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6920"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7960"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40575"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="784423"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="316634"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="376475"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135066"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93216"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32625"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26912"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="855087"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="307625"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="364198"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128200"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88367"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31019"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25741"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="825764"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6012"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11111"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6009"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4323"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24079"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12888"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15037"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20782"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50833"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8380"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10440"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17639"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38085"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28022"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43082"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="621058"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666920"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470690"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="300387"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136654"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13956"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11324"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78484"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1837152"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175202"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="234539"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275642"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182606"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75707"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8276"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5316"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35229"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="720612"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318680"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380542"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="130107"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88009"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32931"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24188"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="All married"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="853517"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="311478"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="371159"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="124222"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83936"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31463"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3508"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23283"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Married (first marriage)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="830142"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Re-married (following widowhood)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8381"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Re-married (following dissolution of previous marriage)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18881"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16010"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22076"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25526"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12082"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11645"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Separated (including deserted)"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="65361"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11683"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15799"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20545"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12301"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6937"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Divorced"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49685"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="02"/>
+    <s v="Owner occupied without loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99483"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="01"/>
+    <s v="Owner occupied with loan or mortgage"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13964"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-1"/>
+    <s v="Rented"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18870"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="05A"/>
+    <s v="Rented from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="04"/>
+    <s v="Rented from a Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9434"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="05"/>
+    <s v="Rented from a Voluntary Body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="10"/>
+    <s v="Occupied free of rent from private landlord"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="11"/>
+    <s v="Occupied free of rent from Local Authority"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="12"/>
+    <s v="Occupied free of rent from Voluntary housing body"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="13"/>
+    <s v="Occupied free of rent - Landlord not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="09"/>
+    <s v="Not stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15660"/>
+  </r>
+  <r>
+    <s v="CD561"/>
+    <s v="Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="-"/>
+    <s v="All types of occupancy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147977"/>
+  </r>
+</pivotCacheRecords>
 </file>