--- v2 (2026-01-16)
+++ v3 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2890af04b941b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/445a7a44a1e840899f1d472b43f29ae6.psmdcp" Id="R064e2bfc78584531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra144db98a8224a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af74549cb1cd483dbd5275753e40fed0.psmdcp" Id="R4acbe5a3d99240f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>