--- v0 (2025-10-01)
+++ v1 (2025-11-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R323d5e9b81d6439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1eb4ccf3ca24e61bb025827161cbe50.psmdcp" Id="Rca18a51d29e44bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219a5e2efb9646ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/583c99924f71412ca5e0d24cd4310e8b.psmdcp" Id="R57623171e419489f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD550</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Females Aged 15 Years and Over Usually Resident and Present in the State by Average Number of Children Born Alive</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/19/2020 11:00:00 AM</x:t>
+    <x:t>19/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>This table was updated by the CSO on November 2nd 2020.#This table was updated by the CSO on November 2nd 2020.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD550/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -706,619 +706,228 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...567 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1145" totalsRowShown="0">
   <x:autoFilter ref="A1:J1145"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1589,51 +1198,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD550/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1822,51 +1431,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="35.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -38496,51 +38105,51 @@
       <x:c r="G1145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H1145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I1145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J1145" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38557,51 +38166,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1145" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="13">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="565"/>
         <x:s v="590"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="13">
         <x:s v="All ages"/>
         <x:s v="15 - 19 years"/>
         <x:s v="20 - 24 years"/>
         <x:s v="25 - 29 years"/>
@@ -39322,27 +38931,13756 @@
         <x:n v="7294"/>
         <x:n v="8366"/>
         <x:n v="2883"/>
         <x:n v="5483"/>
         <x:n v="3459"/>
         <x:n v="5296"/>
         <x:n v="2284"/>
         <x:n v="25607"/>
         <x:n v="10239"/>
         <x:n v="2511"/>
         <x:n v="7728"/>
         <x:n v="1572"/>
         <x:n v="7153"/>
         <x:n v="3409"/>
         <x:n v="3234"/>
         <x:n v="13485"/>
         <x:n v="3111"/>
         <x:n v="7528"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1755049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="963742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="20408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="503405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="213606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="85283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="102606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="101910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="78216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="36002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="29174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="14411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="46291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="67346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="28582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="32524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="55366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="52017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="476164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="43663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="199424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="49203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="150221"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="55052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="74076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="23139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="50937"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="26516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="43627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="18403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="25224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="205916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="95131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="30411"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="64720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="11724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="49608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="24166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="25287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="109227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="26537"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="59960"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="22730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="123903"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="66689"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="33054"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="12917"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7322"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5862"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4829"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="34314"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="14084"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10640"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5801"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3807"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="14633"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6835"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4649"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8267"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="138476"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="79784"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1617"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="45580"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="21579"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7012"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8227"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6352"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2410"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3812"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="35751"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="15503"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5589"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9914"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6519"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4015"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="15118"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7808"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7823"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="178950"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="106241"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="61445"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="29474"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7891"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="12352"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="11728"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8323"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3231"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6725"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4936"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="44304"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="13893"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4703"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="18675"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9699"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5143"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9730"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5036"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="192626"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="112460"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="61423"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="26427"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8024"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="14505"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="12467"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9375"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3693"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3498"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="48743"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="21561"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="16958"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5168"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7593"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5347"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4458"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="20530"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10596"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4339"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10893"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2809"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5810"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="177091"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="100256"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2065"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="50110"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="19140"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7325"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="13076"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10569"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9342"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3717"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4926"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8287"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5494"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5584"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="46280"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="19893"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="16414"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5047"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6848"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="19973"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9929"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6961"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10582"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="160041"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="88156"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="42543"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="16295"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7176"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10147"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8925"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8031"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3362"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7213"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5308"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="43248"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="18125"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="14925"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4616"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="18419"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8652"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6472"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10218"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5675"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="149860"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="81227"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="39994"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="15497"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7484"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8400"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6085"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="41492"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="17263"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="13515"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4930"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6099"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="17555"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7878"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5880"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9586"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="133741"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="71238"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="35658"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="13785"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6715"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7302"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7856"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5934"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="37271"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="15265"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="11662"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5647"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="16695"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7216"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5338"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2046"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8537"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="118361"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="62057"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="31269"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="11675"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6249"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7471"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="33564"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="13463"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10340"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="15130"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6411"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4726"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7610"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="104622"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="54236"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="27368"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10577"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4220"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="30194"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="11937"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2935"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9002"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3264"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="13172"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7020"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="83619"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="43250"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="21805"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9075"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="24484"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="9757"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7115"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3088"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3810"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10409"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="193759"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="98148"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="53156"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="27165"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="11824"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6260"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5646"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4133"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4918"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5424"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3525"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5242"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="56519"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="22924"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7081"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="15843"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7294"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="8366"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="5296"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="25607"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="10239"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7153"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="13485"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="7528"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C1"/>
+    <s v="Number of Women"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD550C2"/>
+    <s v="Average Number of Children Born Alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+</pivotCacheRecords>
 </file>