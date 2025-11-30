--- v0 (2025-10-09)
+++ v1 (2025-11-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f636b0479a4451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ee376d4b89d459ba5e3c93fa91c6714.psmdcp" Id="Re8fe0e055a35433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469ccf87826e49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6989c7a603e145a293b2a98b3fb737b5.psmdcp" Id="R469234f70d7548ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD548</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD548/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1633,1867 +1633,540 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1815 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03468" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="209">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns by Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="209">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
+        <item x="206"/>
+        <item x="207"/>
+        <item x="208"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1046" totalsRowShown="0">
   <x:autoFilter ref="A1:J1046"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02258V02730"/>
     <x:tableColumn id="4" name="Type of Family Unit"/>
     <x:tableColumn id="5" name="C02800V03468"/>
     <x:tableColumn id="6" name="Towns by Size"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3764,51 +2437,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD548/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3995,51 +2668,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1046"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="42.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -37501,51 +36174,51 @@
       <x:c r="G1046" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1046" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I1046" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J1046" s="0">
         <x:v>11258</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37562,51 +36235,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1046" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD548"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Family Units in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02258V02730">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="101"/>
         <x:s v="106"/>
         <x:s v="110"/>
         <x:s v="111"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Family Unit">
       <x:sharedItems count="5">
         <x:s v="All family units"/>
         <x:s v="Husband and wife (or couple) without children"/>
@@ -38762,27 +37435,12568 @@
         <x:n v="17"/>
         <x:n v="27"/>
         <x:n v="12"/>
         <x:n v="1116"/>
         <x:n v="6"/>
         <x:n v="14"/>
         <x:n v="11"/>
         <x:n v="15"/>
         <x:n v="13"/>
         <x:n v="8"/>
         <x:n v="9"/>
         <x:n v="10"/>
         <x:n v="7"/>
         <x:n v="5"/>
         <x:n v="17773"/>
         <x:n v="873"/>
         <x:n v="8906"/>
         <x:n v="11258"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1179210"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="276341"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100917"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49022"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22257"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16315"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13323"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="189258"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10211"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7485"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6482"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5801"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5878"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5873"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5290"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5422"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5238"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4760"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4206"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2450"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="78675"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2385"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2183"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31595"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44738"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="721524"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24715"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32732"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31056"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369183"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457686"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="344944"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88669"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31485"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15105"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6833"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53788"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22398"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9262"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12983"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="218585"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7220"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8754"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101287"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="126359"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="618951"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128251"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47933"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24004"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10331"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7428"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6170"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97369"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5295"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1528"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40694"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16063"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22322"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352632"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12366"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16596"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15666"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221691"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266319"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186284"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52461"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18908"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8668"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33573"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13724"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8317"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="132534"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6165"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5801"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37299"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53750"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29031"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100100"/>
+    <s v="Dublin City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6960"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100300"/>
+    <s v="Cork City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100400"/>
+    <s v="Limerick City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100500"/>
+    <s v="Galway City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100600"/>
+    <s v="Waterford City and suburbs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101400"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101500"/>
+    <s v="Tralee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101700"/>
+    <s v="Droichead Nua"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101800"/>
+    <s v="Naas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101900"/>
+    <s v="Athlone"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102000"/>
+    <s v="Portlaoise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102100"/>
+    <s v="Mullingar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102200"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102300"/>
+    <s v="Balbriggan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102400"/>
+    <s v="Letterkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102500"/>
+    <s v="Celbridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102600"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102700"/>
+    <s v="Clonmel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102800"/>
+    <s v="Greystones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102900"/>
+    <s v="Malahide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103000"/>
+    <s v="Leixlip"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103100"/>
+    <s v="Carrigaline"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103300"/>
+    <s v="Killarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103400"/>
+    <s v="Arklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103500"/>
+    <s v="Maynooth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103700"/>
+    <s v="Castlebar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103800"/>
+    <s v="Midleton"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104000"/>
+    <s v="Ashbourne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104100"/>
+    <s v="Ballina"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104200"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104300"/>
+    <s v="Enniscorthy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104400"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104500"/>
+    <s v="Tramore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104600"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104700"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104800"/>
+    <s v="Athy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104900"/>
+    <s v="Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105000"/>
+    <s v="Skerries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105100"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105200"/>
+    <s v="Dungarvan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105300"/>
+    <s v="Portmarnock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105400"/>
+    <s v="Rush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105500"/>
+    <s v="Gorey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105600"/>
+    <s v="Ratoath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105700"/>
+    <s v="Nenagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105800"/>
+    <s v="Trim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105900"/>
+    <s v="Tuam"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106000"/>
+    <s v="New Ross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106100"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106200"/>
+    <s v="Thurles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106400"/>
+    <s v="Portarlington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106500"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106600"/>
+    <s v="Lusk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106700"/>
+    <s v="Edenderry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106800"/>
+    <s v="Dunboyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106900"/>
+    <s v="Buncrana"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107000"/>
+    <s v="Donabate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107100"/>
+    <s v="Clane"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107200"/>
+    <s v="Ballinasloe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107300"/>
+    <s v="Bandon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107400"/>
+    <s v="Fermoy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107500"/>
+    <s v="Newcastle West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107600"/>
+    <s v="Westport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107700"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107800"/>
+    <s v="Kells (Ceanannas)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108000"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108100"/>
+    <s v="Passage West"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108200"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108300"/>
+    <s v="Kilcock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108500"/>
+    <s v="Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108600"/>
+    <s v="Sallins"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108700"/>
+    <s v="Loughrea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108800"/>
+    <s v="Blessington"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108900"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109000"/>
+    <s v="Ardee"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109100"/>
+    <s v="Carrickmacross"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109300"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109400"/>
+    <s v="Listowel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109500"/>
+    <s v="Oranmore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109600"/>
+    <s v="Mountmellick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109700"/>
+    <s v="Clonakilty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109800"/>
+    <s v="Carrigtwohill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109900"/>
+    <s v="Cashel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110000"/>
+    <s v="Kilcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110100"/>
+    <s v="Duleek"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110200"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110300"/>
+    <s v="Tullow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110400"/>
+    <s v="Athenry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110500"/>
+    <s v="Dunshaughlin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110600"/>
+    <s v="Macroom"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110700"/>
+    <s v="Monasterevin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110800"/>
+    <s v="Mitchelstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110900"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111000"/>
+    <s v="Castleblayney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111100"/>
+    <s v="Cahir"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111200"/>
+    <s v="Kilcullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111300"/>
+    <s v="Rathcoole"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111400"/>
+    <s v="Claremorris"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111500"/>
+    <s v="Bantry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111600"/>
+    <s v="Tower"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111700"/>
+    <s v="Clara"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111800"/>
+    <s v="Stamullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111900"/>
+    <s v="Kill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112000"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112100"/>
+    <s v="Rathnew"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112200"/>
+    <s v="Muinebeag"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112300"/>
+    <s v="Enfield"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112400"/>
+    <s v="Courtown Harbour"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112500"/>
+    <s v="Annacotty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112600"/>
+    <s v="Moate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112700"/>
+    <s v="Ballinrobe"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112800"/>
+    <s v="Kilrush"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112900"/>
+    <s v="Skibbereen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113000"/>
+    <s v="Kinnegad"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113100"/>
+    <s v="Newcastle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113200"/>
+    <s v="Gort"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113300"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113400"/>
+    <s v="Boyle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113500"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113600"/>
+    <s v="Carndonagh"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113700"/>
+    <s v="Bailieborough"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113800"/>
+    <s v="Castleisland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113900"/>
+    <s v="Sixmilebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114000"/>
+    <s v="Ballyshannon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114100"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114200"/>
+    <s v="Blarney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114400"/>
+    <s v="Athboy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114500"/>
+    <s v="Rathangan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114600"/>
+    <s v="Callan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114700"/>
+    <s v="Kingscourt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114800"/>
+    <s v="Ballyhaunis"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114900"/>
+    <s v="Virginia"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115000"/>
+    <s v="Thomastown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115100"/>
+    <s v="Kanturk"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115200"/>
+    <s v="Prosperous"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115300"/>
+    <s v="Kenmare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115400"/>
+    <s v="Saggart"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115500"/>
+    <s v="Bundoran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115600"/>
+    <s v="Cootehill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115700"/>
+    <s v="Crosshaven"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115800"/>
+    <s v="Killorglin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115900"/>
+    <s v="Templemore"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116000"/>
+    <s v="Baltinglass"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116100"/>
+    <s v="Clifden"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116200"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116300"/>
+    <s v="Abbeyfeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116400"/>
+    <s v="Clogherhead"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116500"/>
+    <s v="Castlerea"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116600"/>
+    <s v="An Daingean"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116700"/>
+    <s v="Castleconnell"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116800"/>
+    <s v="Bearna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116900"/>
+    <s v="Balrothery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117000"/>
+    <s v="Abbeyleix"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117100"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117200"/>
+    <s v="Enniskerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117300"/>
+    <s v="Newport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117400"/>
+    <s v="Dunleer"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117500"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117600"/>
+    <s v="Clones"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117700"/>
+    <s v="Tubbercurry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117800"/>
+    <s v="Edgeworthstown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117900"/>
+    <s v="Ballivor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118000"/>
+    <s v="Castlebridge"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118100"/>
+    <s v="Portlaw"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118200"/>
+    <s v="Mountrath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118300"/>
+    <s v="Lifford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118400"/>
+    <s v="Banagher"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118500"/>
+    <s v="Kilmallock"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118600"/>
+    <s v="Strandhill"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118700"/>
+    <s v="Rathdrum"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118800"/>
+    <s v="Dunmanway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118900"/>
+    <s v="Millstreet"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119000"/>
+    <s v="Ballymahon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119100"/>
+    <s v="Cloyne"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119200"/>
+    <s v="Dunmore East"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119300"/>
+    <s v="Moycullen"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119400"/>
+    <s v="Bunbeg-Derrybeg"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119500"/>
+    <s v="Rathkeale"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119600"/>
+    <s v="Rosslare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119700"/>
+    <s v="Graiguenamanagh-Tinnahinch"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119800"/>
+    <s v="Derrinturn"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="119900"/>
+    <s v="Fethard"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120000"/>
+    <s v="Ballymote"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120100"/>
+    <s v="Rathcormac"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120200"/>
+    <s v="Portumna"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120300"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17773"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120400"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120500"/>
+    <s v="Total Towns 500 - 999 population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120600"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120700"/>
+    <s v="Remainder of country"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8906"/>
+  </r>
+  <r>
+    <s v="CD548"/>
+    <s v="Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="120800"/>
+    <s v="Aggregate rural area"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11258"/>
+  </r>
+</pivotCacheRecords>
 </file>