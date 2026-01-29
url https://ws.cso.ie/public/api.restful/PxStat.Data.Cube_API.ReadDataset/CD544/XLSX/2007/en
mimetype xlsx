--- v0 (2025-11-04)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R908a47e64ac94d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fd4e4d6cf5c455eaaf339f2dea253c3.psmdcp" Id="Rc3cebc53c6e449b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc8e342dd324b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4fb98d9282e4f218c9dec7e1e58da15.psmdcp" Id="R14676332789f45ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD544</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Family Units with Two or More Children in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD544/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -238,50 +238,53 @@
   </x:si>
   <x:si>
     <x:t>0 - 4 years</x:t>
   </x:si>
   <x:si>
     <x:t>245</x:t>
   </x:si>
   <x:si>
     <x:t>5 - 9 years</x:t>
   </x:si>
   <x:si>
     <x:t>265</x:t>
   </x:si>
   <x:si>
     <x:t>10 - 14 years</x:t>
   </x:si>
   <x:si>
     <x:t>15 - 19 years</x:t>
   </x:si>
   <x:si>
     <x:t>375</x:t>
   </x:si>
   <x:si>
     <x:t>20 years and over</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -418,307 +421,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Eldest Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Youngest Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L181" totalsRowShown="0">
   <x:autoFilter ref="A1:L181"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02076V03371A"/>
     <x:tableColumn id="6" name="Age Group of Eldest Child"/>
     <x:tableColumn id="7" name="C02076V03371B"/>
     <x:tableColumn id="8" name="Age Group of Youngest Child"/>
     <x:tableColumn id="9" name="C02258V02730"/>
     <x:tableColumn id="10" name="Type of Family Unit"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -991,51 +843,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD544/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1222,51 +1074,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L181"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="56.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -2838,715 +2690,775 @@
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L42" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="43" spans="1:12">
       <x:c r="A43" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L43" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="44" spans="1:12">
       <x:c r="A44" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J44" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L44" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="45" spans="1:12">
       <x:c r="A45" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L45" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="46" spans="1:12">
       <x:c r="A46" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J46" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L46" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="47" spans="1:12">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L47" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="48" spans="1:12">
       <x:c r="A48" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J48" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L48" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="49" spans="1:12">
       <x:c r="A49" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L49" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="50" spans="1:12">
       <x:c r="A50" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L50" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="51" spans="1:12">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L51" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="52" spans="1:12">
       <x:c r="A52" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L52" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="53" spans="1:12">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L53" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="54" spans="1:12">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L54" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="55" spans="1:12">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L55" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="56" spans="1:12">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L56" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="57" spans="1:12">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L57" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="58" spans="1:12">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L58" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="59" spans="1:12">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L59" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:12">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L60" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:12">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L61" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="62" spans="1:12">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>52</x:v>
@@ -4108,540 +4020,585 @@
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L77" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="78" spans="1:12">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L78" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="79" spans="1:12">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L79" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="80" spans="1:12">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L80" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="81" spans="1:12">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L81" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="82" spans="1:12">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L82" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="83" spans="1:12">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L83" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="84" spans="1:12">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L84" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L85" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L86" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L87" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L88" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L89" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L90" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L91" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>52</x:v>
@@ -5393,365 +5350,395 @@
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K112" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L112" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="113" spans="1:12">
       <x:c r="A113" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L113" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="114" spans="1:12">
       <x:c r="A114" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J114" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L114" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="115" spans="1:12">
       <x:c r="A115" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L115" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="116" spans="1:12">
       <x:c r="A116" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J116" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L116" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="117" spans="1:12">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L117" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="118" spans="1:12">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L118" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="119" spans="1:12">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L119" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="120" spans="1:12">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J120" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L120" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="121" spans="1:12">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L121" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="122" spans="1:12">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>52</x:v>
@@ -6693,189 +6680,204 @@
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L147" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="148" spans="1:12">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L148" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="149" spans="1:12">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L149" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="150" spans="1:12">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J150" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="L150" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="151" spans="1:12">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="L151" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
@@ -7986,51 +7988,51 @@
       <x:c r="I181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L181" s="0">
         <x:v>3713</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8047,51 +8049,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L181" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="CD544"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Family Units with Two or More Children in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2011"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="1">
         <x:s v="2011"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371A">
       <x:sharedItems count="6">
         <x:s v="-"/>
@@ -8263,27 +8265,2548 @@
         <x:n v="269"/>
         <x:n v="680"/>
         <x:n v="70"/>
         <x:n v="8071"/>
         <x:n v="5837"/>
         <x:n v="411"/>
         <x:n v="1717"/>
         <x:n v="106"/>
         <x:n v="25382"/>
         <x:n v="19961"/>
         <x:n v="626"/>
         <x:n v="4243"/>
         <x:n v="552"/>
         <x:n v="52077"/>
         <x:n v="41291"/>
         <x:n v="862"/>
         <x:n v="8255"/>
         <x:n v="1669"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="494670"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="374711"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="29409"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="80245"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="10305"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="170447"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="128358"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="19108"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="22002"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="103719"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="79244"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="17495"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="89341"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="69509"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="15031"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="68391"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="53518"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="11370"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="62772"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="45626"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="35938"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="45626"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="35938"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="5620"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="96961"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="74782"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="8983"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="76033"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="58660"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="9196"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="20928"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="16122"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="101415"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="76177"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="16591"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="33970"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="24084"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="3976"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="50341"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="39234"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="12859"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="99584"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="74880"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="4656"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="18077"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="12036"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="24379"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="46855"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="36689"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="16314"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="12227"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="151084"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="112934"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="29242"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="8071"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="25382"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="19961"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="52077"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="41291"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="Number"/>
+    <n v="62772"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="615"/>
+    <s v="Husband and wife"/>
+    <s v="Number"/>
+    <n v="44082"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="616"/>
+    <s v="Cohabiting couple"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="300"/>
+    <s v="Lone mother"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="CD544"/>
+    <s v="Family Units with Two or More Children in Private Households"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="301"/>
+    <s v="Lone father"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+</pivotCacheRecords>
 </file>