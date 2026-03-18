--- v1 (2026-01-29)
+++ v2 (2026-03-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc8e342dd324b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4fb98d9282e4f218c9dec7e1e58da15.psmdcp" Id="R14676332789f45ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reec16743c2194959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a99d808f3cc647d2ae7915889f40a67c.psmdcp" Id="R656391f481b04877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>