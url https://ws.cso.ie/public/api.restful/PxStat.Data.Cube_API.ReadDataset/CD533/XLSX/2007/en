--- v0 (2025-10-25)
+++ v1 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac333261c3d045f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5645e957e1894981a6ad34c8e630f906.psmdcp" Id="Rddeb134bf34940d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0868f0b6de91442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f118b09ef050469c86a726b061bee7e0.psmdcp" Id="R9afba1b219394536" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>CD533</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Average Number of Persons per Private Household in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/1/2020 11:00:00 AM</x:t>
+    <x:t>01/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD533/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2011P5</x:t>
   </x:si>
   <x:si>
     <x:t>Profile 5 - Households and Families - Living Arrangements in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -463,50 +463,53 @@
   </x:si>
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
     <x:t>Cavan</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
     <x:t>Donegal</x:t>
   </x:si>
   <x:si>
     <x:t>26</x:t>
   </x:si>
   <x:si>
     <x:t>Monaghan</x:t>
   </x:si>
   <x:si>
     <x:t>Aggregate Town Area</x:t>
   </x:si>
   <x:si>
     <x:t>Aggregate Rural Area</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -643,547 +646,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J397" totalsRowShown="0">
   <x:autoFilter ref="A1:J397"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1454,51 +1120,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/CD533/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1685,51 +1351,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="46.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10599,108 +10265,117 @@
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I278" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J278" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="279" spans="1:10">
       <x:c r="A279" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="280" spans="1:10">
       <x:c r="A280" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I280" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J280" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="281" spans="1:10">
       <x:c r="A281" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>53</x:v>
@@ -12222,108 +11897,117 @@
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J329" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:10">
       <x:c r="A330" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J330" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:10">
       <x:c r="A331" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J331" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="332" spans="1:10">
       <x:c r="A332" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>53</x:v>
@@ -12597,108 +12281,117 @@
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J341" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="342" spans="1:10">
       <x:c r="A342" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J342" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="343" spans="1:10">
       <x:c r="A343" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J343" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="344" spans="1:10">
       <x:c r="A344" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>53</x:v>
@@ -13068,108 +12761,117 @@
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J356" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="357" spans="1:10">
       <x:c r="A357" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J357" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="358" spans="1:10">
       <x:c r="A358" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J358" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="359" spans="1:10">
       <x:c r="A359" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>53</x:v>
@@ -13443,107 +13145,116 @@
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J368" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="369" spans="1:10">
       <x:c r="A369" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J369" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="370" spans="1:10">
       <x:c r="A370" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J370" s="0" t="s">
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:10">
       <x:c r="A371" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
@@ -14378,51 +14089,51 @@
       <x:c r="G397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14439,51 +14150,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -14835,27 +14546,4780 @@
         <x:n v="133509"/>
         <x:n v="45817"/>
         <x:n v="28308"/>
         <x:n v="10913"/>
         <x:n v="92090"/>
         <x:n v="33497"/>
         <x:n v="47014"/>
         <x:n v="17142"/>
         <x:n v="40580"/>
         <x:n v="14868"/>
         <x:n v="209664"/>
         <x:n v="72567"/>
         <x:n v="51034"/>
         <x:n v="17538"/>
         <x:n v="115812"/>
         <x:n v="40796"/>
         <x:n v="42818"/>
         <x:n v="14233"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2456341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="895149"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="54079"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1236518"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="466461"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="499257"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="202509"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="271468"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="263284"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="208004"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="94121"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="79564"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="38903"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="122215"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="183806"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="75875"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="84609"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="143799"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="134848"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1223976"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="453112"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115399"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="511422"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="187555"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115234"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="396188"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="140639"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="186902"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="55076"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="131826"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47121"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="69987"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25611"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="87593"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="32664"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="112034"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="45476"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="66558"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24040"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="528724"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="196530"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="242454"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="88341"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="70805"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="171649"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="31400"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="128255"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="63186"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="63429"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="291528"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="104617"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="72478"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="158722"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="60328"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="2773889"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1050073"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1860469"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="694577"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="26217"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="10011"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1210974"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="458117"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="499257"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="200757"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="75208"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="252092"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="86723"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="258868"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="88339"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="140884"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="48632"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="33993"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="13250"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="36991"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="13736"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="12589"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="4927"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="78365"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="29454"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="104859"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="35562"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="32971"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="12224"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="40271"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="15574"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="54201"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="21580"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="88154"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="31510"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="644333"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="249153"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="45991"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="17599"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="317887"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="120557"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115234"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="202653"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="73447"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="47506"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="19148"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="99110"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="38677"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="55076"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="22300"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="44034"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="16377"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="28119"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="36824"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14768"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="68896"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27234"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="45476"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="23420"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="9035"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="187223"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="74293"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="108945"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="42524"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="70805"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="38140"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="3092"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="36165"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14435"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="16172"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="22849"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="81864"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="32050"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="21444"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="42910"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="16925"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="17510"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1726680"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="599335"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="595872"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="200572"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="27862"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="9354"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="25544"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="19376"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="67120"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="21872"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="60128"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="20333"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="42573"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="26314"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="9483"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="43850"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14443"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="78947"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="26360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="42904"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="15050"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="89598"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="30765"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="46694"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="16069"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="579643"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="203959"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="69408"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="24935"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="193535"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="66998"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="193535"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="66998"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="93133"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33940"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="87792"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="87792"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="30744"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="41868"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="50769"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="17896"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="43138"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="43138"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="15005"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="341501"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="122237"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="133509"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="133509"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="45817"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="28308"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="10913"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="92090"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="33497"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="47014"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="17142"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="40580"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="209664"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="72567"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="51034"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="17538"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="115812"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="40796"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C1"/>
+    <s v="Persons in Private Households"/>
+    <s v="Number"/>
+    <n v="42818"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C2"/>
+    <s v="Private Households"/>
+    <s v="Number"/>
+    <n v="14233"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="CD533C3"/>
+    <s v="Average Number of Persons per Private Household"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+</pivotCacheRecords>
 </file>